--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -167,51 +167,51 @@
   <si>
     <t>22/10/2023</t>
   </si>
   <si>
     <t>A G ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of uPVC distribution system, Rising Main, Construction of supporting structure of 10 Cum Water Tank, Switch Room cum Chlorine Room &amp; Accommodate FHTC (124 Nos.) under JJM with allied work &amp; 1 year O&amp;M for Arka Markandapur Mini Water Supply Scheme in Kharagpur-II Block including supply of all labour &amp; materials under Kharagpur Sub-Division of Midnapore Division, PHE Dte. in the District of Paschim Medinipur.</t>
   </si>
   <si>
     <t>AE Kharagpur Sub-division,Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE RWS Kharagpur Sub-Division(KGP-II)</t>
   </si>
   <si>
     <t>ORD/000105/2023-2024</t>
   </si>
   <si>
     <t>2487/MD</t>
   </si>
   <si>
     <t>17/07/2023</t>
   </si>
   <si>
-    <t>06/10/2025</t>
+    <t>04/04/2026</t>
   </si>
   <si>
     <t>A R ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -949,88 +949,88 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>36.71</v>
       </c>
       <c r="Q6" s="4">
-        <v>14.17</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>38.6</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>60</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>83.12</v>
       </c>
       <c r="P7" s="8">
-        <v>14.17</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>17.05</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>