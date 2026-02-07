--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1195,54 +1195,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>9.5</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.05</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>95.27</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>90</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1258,54 +1258,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>9.57</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.2</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>96.13</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1380,54 +1380,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>9.54</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.8</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>92.27</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>90</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1504,54 +1504,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>9.58</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.33</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>97.35</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>98</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -2029,54 +2029,54 @@
         <v>90</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P17" s="4">
         <v>9.45</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.05</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>95.81</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2092,54 +2092,54 @@
       <c r="I18" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P18" s="4">
         <v>9.18</v>
       </c>
       <c r="Q18" s="4">
-        <v>8.68</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>94.53</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2155,54 +2155,54 @@
       <c r="I19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P19" s="4">
         <v>9.58</v>
       </c>
       <c r="Q19" s="4">
-        <v>9.34</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>97.46</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>98</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2218,54 +2218,54 @@
       <c r="I20" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P20" s="4">
         <v>9.59</v>
       </c>
       <c r="Q20" s="4">
-        <v>9.32</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>97.2</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>90</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2342,54 +2342,54 @@
         <v>117</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P22" s="4">
         <v>9.28</v>
       </c>
       <c r="Q22" s="4">
-        <v>9.11</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>98.21</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2403,54 +2403,54 @@
         <v>121</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="4">
         <v>9.32</v>
       </c>
       <c r="Q23" s="4">
-        <v>9.03</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>96.89</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>90</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2464,54 +2464,54 @@
         <v>125</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>126</v>
       </c>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P24" s="4">
         <v>9.52</v>
       </c>
       <c r="Q24" s="4">
-        <v>8.78</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>92.26</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>90</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -2527,54 +2527,54 @@
       <c r="I25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P25" s="4">
         <v>9.59</v>
       </c>
       <c r="Q25" s="4">
-        <v>9.56</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>90</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
@@ -2590,54 +2590,54 @@
       <c r="I26" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>138</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P26" s="4">
         <v>9.59</v>
       </c>
       <c r="Q26" s="4">
-        <v>9.59</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>90</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
@@ -2651,54 +2651,54 @@
         <v>142</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P27" s="4">
         <v>9.54</v>
       </c>
       <c r="Q27" s="4">
-        <v>9.32</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>97.64</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>90</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
@@ -2714,54 +2714,54 @@
       <c r="I28" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P28" s="4">
         <v>9.59</v>
       </c>
       <c r="Q28" s="4">
-        <v>9.55</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>23</v>
       </c>
@@ -2777,54 +2777,54 @@
       <c r="I29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P29" s="4">
         <v>9.53</v>
       </c>
       <c r="Q29" s="4">
-        <v>9.52</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>90</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>23</v>
       </c>
@@ -2840,54 +2840,54 @@
       <c r="I30" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P30" s="4">
         <v>9.59</v>
       </c>
       <c r="Q30" s="4">
-        <v>9.42</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>98.28</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>90</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>23</v>
       </c>
@@ -2903,54 +2903,54 @@
       <c r="I31" s="13" t="s">
         <v>158</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>159</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P31" s="4">
         <v>68.08</v>
       </c>
       <c r="Q31" s="4">
-        <v>67.01</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>98.43</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>97</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>23</v>
       </c>
@@ -2966,54 +2966,54 @@
       <c r="I32" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="P32" s="4">
         <v>9.5</v>
       </c>
       <c r="Q32" s="4">
-        <v>9.42</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.25</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>23</v>
       </c>
@@ -3299,54 +3299,54 @@
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
         <v>196</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
         <v>307.75</v>
       </c>
       <c r="P38" s="8">
-        <v>233.08</v>
+        <v>0</v>
       </c>
       <c r="Q38" s="8">
-        <v>75.74</v>
+        <v>0</v>
       </c>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>