--- v1 (2026-02-07)
+++ v2 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -581,69 +581,78 @@
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>Construction &amp; Commissioning including FHTC with 3 (three) months trial run for proposed 26 nos. Mini Pipe W/S Scheme within Block Daspur -I (1 nos),(i) At Mouza-Makrampur JL no-125&amp; in Paschim Medinipur District under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>JE RWS Ghatal Sub-Division(Daspur-I)</t>
   </si>
   <si>
     <t>ORD/000677/2022-2023</t>
   </si>
   <si>
     <t>803/MD</t>
   </si>
   <si>
     <t>20/03/2023</t>
   </si>
   <si>
     <t>03/04/2023</t>
   </si>
   <si>
     <t>S.M. ENTERPRISE</t>
   </si>
   <si>
-    <t>Construction &amp; Commissioning including FHTC with 3 (three) months trial run for proposed Mini Pipe W/S Scheme within Block Chandrakona-II at Mouza-Bala, JL-239 in Paschim Medinipur District under Midnapore Division, PHE Dte.</t>
-[...17 lines deleted...]
-    <t>ADITYA ENTERPRISE</t>
+    <t>Construction &amp; Commissioning including FHTC with 3 (three) months trial run for proposed Mini Pipe W/S Scheme within Block Daspur-II at Mouza-Jotekanuramgarh, JL-212 in Paschim Medinipur District under Midnapore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000834/2023-2024</t>
+  </si>
+  <si>
+    <t>742/MD</t>
+  </si>
+  <si>
+    <t>13/03/2024</t>
+  </si>
+  <si>
+    <t>12/09/2024</t>
+  </si>
+  <si>
+    <t>ARNAB PATRA</t>
+  </si>
+  <si>
+    <t>Construction &amp; Commissioning including FHTC with 3 (three) months trial run for proposed Mini Pipe W/S Scheme within Block Daspur-II at Mouza-Nabinmanua, JL-155 in Paschim Medinipur District under Midnapore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000835/2023-2024</t>
+  </si>
+  <si>
+    <t>743/MD</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1032,51 +1041,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W38"/>
+  <dimension ref="A1:W39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3241,125 +3250,188 @@
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="13" t="s">
         <v>189</v>
       </c>
       <c r="I37" s="13" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="J37" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K37" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="K37" s="4" t="s">
+      <c r="L37" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="L37" s="4" t="s">
+      <c r="M37" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="M37" s="4" t="s">
+      <c r="N37" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="N37" s="4" t="s">
+      <c r="O37" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="O37" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P37" s="4">
-        <v>9.43</v>
+        <v>9.59</v>
       </c>
       <c r="Q37" s="4">
         <v>0</v>
       </c>
       <c r="R37" s="4">
         <v>0</v>
       </c>
       <c r="S37" s="4">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
-      <c r="A38" s="7" t="s">
+      <c r="A38" s="3">
+        <v>36</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J38" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K38" s="4" t="s">
         <v>196</v>
       </c>
-      <c r="B38" s="7"/>
-[...22 lines deleted...]
-      <c r="S38" s="8"/>
+      <c r="L38" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="M38" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="N38" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="O38" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="P38" s="4">
+        <v>9.58</v>
+      </c>
+      <c r="Q38" s="4">
+        <v>0</v>
+      </c>
+      <c r="R38" s="4">
+        <v>0</v>
+      </c>
+      <c r="S38" s="4">
+        <v>97</v>
+      </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
+    <row r="39" spans="1:23">
+      <c r="A39" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="B39" s="7"/>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="11"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="7"/>
+      <c r="H39" s="14"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="14"/>
+      <c r="K39" s="8"/>
+      <c r="L39" s="8"/>
+      <c r="M39" s="8"/>
+      <c r="N39" s="8"/>
+      <c r="O39" s="8">
+        <v>317.5</v>
+      </c>
+      <c r="P39" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="8">
+        <v>0</v>
+      </c>
+      <c r="R39" s="8"/>
+      <c r="S39" s="8"/>
+      <c r="T39" s="1"/>
+      <c r="U39" s="1"/>
+      <c r="V39" s="1"/>
+      <c r="W39" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A38:N38"/>
+    <mergeCell ref="A39:N39"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>