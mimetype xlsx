--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -183,50 +183,74 @@
     <t>C072443865657</t>
   </si>
   <si>
     <t>29/07/2024</t>
   </si>
   <si>
     <t>Sinking of Tube well, Laying distribution pipe line, Pump House, Boundary wall &amp; Balance FHTC (998) for Augmentation of Supapursuri PWSS in Daspur-I block including supply of all labour &amp; materials within Ghatal Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>JE RWS Ghatal Sub-Division(Daspur-I)</t>
   </si>
   <si>
     <t>ORD/000180/2023-2024</t>
   </si>
   <si>
     <t>2720/MD</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>M/S. D.K.H.CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for AUGMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR SUPAPURSURI TO ACCOMMODATE FHTC UNDER JAL JEEVAN MISSION UNDER DASPUR-I BLOCK IN PASCHIM MIDNAPORE DISTRICT UNDER MIDNAPORE DIVISION, PHE DTE under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>Sri Bikash Das, AE/Midnapur Mechanical Sub-Division-I</t>
+  </si>
+  <si>
+    <t>Sri Mahadev Dutta, JE/Midnapur Mechanical Sub-Division-</t>
+  </si>
+  <si>
+    <t>ORD/000017/2023-2024</t>
+  </si>
+  <si>
+    <t>1133/W/MMD</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>03/10/2024</t>
+  </si>
+  <si>
+    <t>BUSR ENGINEERING</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -615,51 +639,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -776,54 +800,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>7.72</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.08</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>26.95</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -835,54 +859,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>7.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.12</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>27.25</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1067,101 +1091,162 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>127.08</v>
       </c>
       <c r="Q8" s="4">
-        <v>39.8</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>31.32</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>15</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" s="4">
+        <v>25.25</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>100</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>182.18</v>
+      </c>
+      <c r="P10" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>0</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>