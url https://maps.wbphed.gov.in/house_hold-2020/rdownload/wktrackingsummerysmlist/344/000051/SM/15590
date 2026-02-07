--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -152,51 +152,51 @@
   <si>
     <t>ORIENTAL ENGINEERING CO.</t>
   </si>
   <si>
     <t>Midnapore Division</t>
   </si>
   <si>
     <t>Sinking of Tube well, Laying distribution pipe line with Rising main, Switch Room (3750 X 2550) along with PVC water storage OHR having capacity 20.00 Cum &amp; St. Ht. 8.50 Mtr. erected over roof of Switch Room by M.S. fabricated structure, FHTC (261 Nos.) &amp; Two years O &amp; M under JJM with allied work for Khemasoli &amp; its adjoining mouzas W/S Scheme (Zone-III) in Kharagpur-I block including supply of all labour &amp; materials within Kharagpur Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE Kharagpur Sub-division,Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE RWS Kharagpur Sub-Division( Sabang),JE3 Kharagpur Sub-division</t>
   </si>
   <si>
     <t>ORD/000024/2023-2024</t>
   </si>
   <si>
     <t>946/MD</t>
   </si>
   <si>
     <t>05/04/2023</t>
   </si>
   <si>
-    <t>04/06/2023</t>
+    <t>30/12/2024</t>
   </si>
   <si>
     <t>GOUTAM PARIA</t>
   </si>
   <si>
     <t>Sinking of Tube well, Laying distribution pipe line with Rising main, Switch Room (3750 X 2550) along with PVC water storage OHR having capacity 20.00 Cum &amp; St. Ht. 8.50 Mtr. erected over roof of Switch Room by M.S. fabricated structure, FHTC (121 Nos.) &amp; Two years O &amp; M under JJM with allied work for Khemasoli &amp; its adjoining mouzas W/S Scheme (Zone-II) in Kharagpur-I block including supply of all labour &amp; materials within Kharagpur Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE Kharagpur Sub-division</t>
   </si>
   <si>
     <t>ORD/000855/2023-2024</t>
   </si>
   <si>
     <t>832/MD</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>14/05/2024</t>
   </si>
   <si>
     <t>RITESH AGARWALL</t>
   </si>
@@ -881,54 +881,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>31.54</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.06</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>25.54</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>43</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -944,54 +944,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>55.7</v>
       </c>
       <c r="Q5" s="4">
-        <v>37.33</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>67.02</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>95</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1186,88 +1186,88 @@
       <c r="I9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>60.48</v>
       </c>
       <c r="Q9" s="4">
-        <v>18.95</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>31.34</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>57</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>196.86</v>
       </c>
       <c r="P10" s="8">
-        <v>64.34</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>32.68</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>