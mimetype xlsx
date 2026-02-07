--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -189,50 +189,68 @@
     <t>2430/MD</t>
   </si>
   <si>
     <t>13/07/2023</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>SANKAR PRASAD MAITY</t>
   </si>
   <si>
     <t>QUOTATION MONEY FOR BHEWMA WATER SUPPLY SCHEME,ZONE-II, T W - III , JJM WORKS, SCHEME CODE SM/15219, PARENT CODE SM/03856 , APPLICATION NO 2004571035, REFERENCE ID 204198622, SABONG CCC, WBSEDCL</t>
   </si>
   <si>
     <t>BILL/03552/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-607</t>
   </si>
   <si>
     <t>07/02/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Rejuvenation of Ground Water Based Piped Water Supply Scheme for Bhemwa (Part) to Accommodate FHTC under Jal Sapno Mission under Sabang Block in Paschim Medinipur district under Midnapore Division, PHE Dte. under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001701/2022-2023</t>
+  </si>
+  <si>
+    <t>612/W/MMD</t>
+  </si>
+  <si>
+    <t>20/03/2023</t>
+  </si>
+  <si>
+    <t>21/07/2025</t>
+  </si>
+  <si>
+    <t>A.K.SIKDAR</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -621,51 +639,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -784,54 +802,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.31</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.29</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.99</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -845,54 +863,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>0.9</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>6.68</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>25</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -906,54 +924,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>0.9</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>6.85</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -967,54 +985,54 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>94.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>83.33</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>85</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1038,87 +1056,148 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>4</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="B8" s="7"/>
-[...22 lines deleted...]
-      <c r="S8" s="8"/>
+      <c r="I8" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" s="4">
+        <v>10.79</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>100</v>
+      </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>113.71</v>
+      </c>
+      <c r="P9" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>0</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>