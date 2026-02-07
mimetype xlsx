--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -188,51 +188,51 @@
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works for Construction of Over Head Reservoir with laying distribution system, Pump House, Boundary Wall &amp; Providing Functional Household Tap Connection (33,066 Nos.) For KASBA NARAYANGARH, KHURSI, NAHARPUR, NARMA, PAKURSENI, ASTI, BARA MAHANPUR, GOBINDAPUR BRAHMAN SASAN, JAMUNA, RERIPUR, TUTRANGA, SHUJANAGAR &amp; GOKULPUR Pipe water supply Scheme within NARAYANGARH Block including 02 (Two) Years Operation &amp; Maintenance Under Kharagpur Sub-Division of Midnapore Division PHE Dte. under Paschim Medinipur District.</t>
   </si>
   <si>
     <t>AE Kharagpur Sub-division,Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE1 Kharagpur Sub-division</t>
   </si>
   <si>
     <t>ORD/000290/2023-2024</t>
   </si>
   <si>
     <t>5049/MD</t>
   </si>
   <si>
     <t>25/10/2023</t>
   </si>
   <si>
-    <t>13/12/2025</t>
+    <t>11/06/2026</t>
   </si>
   <si>
     <t>SWACH ENVIRONMENT PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Supply delivery and installation of kit kat fuse carrier for different water supply scheme under Narayangarh Block and others under Midnapore Mechanical Sub Division-I,P.H.E.Dte.</t>
   </si>
   <si>
     <t>Sri Bikash Das, AE/Midnapur Mechanical Sub-Division-I</t>
   </si>
   <si>
     <t>Sri Bikas Pramanik, JE/Midnapur Mechanical Sub-Division</t>
   </si>
   <si>
     <t>ORD/000368/2024-2025</t>
   </si>
   <si>
     <t>1087/MMSD-I</t>
   </si>
   <si>
     <t>06/08/2024</t>
   </si>
   <si>
     <t>21/08/2024</t>
   </si>
@@ -811,54 +811,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>14.34</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -992,54 +992,54 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.43</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>11</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1055,54 +1055,54 @@
       <c r="I7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>8498.31</v>
       </c>
       <c r="Q7" s="4">
-        <v>59.78</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>41</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1152,54 +1152,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>29905.25</v>
       </c>
       <c r="P9" s="8">
-        <v>72.99</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>