--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -904,54 +904,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.84</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>11</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -967,54 +967,54 @@
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>34739.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>81.94</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1060,54 +1060,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>56805.4</v>
       </c>
       <c r="P8" s="8">
-        <v>90.78</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>