--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -840,54 +840,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>4.05</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.15</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>77.65</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -962,54 +962,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>353.2</v>
       </c>
       <c r="Q5" s="4">
-        <v>65.31</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>18.49</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>15</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1202,54 +1202,54 @@
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>22.89</v>
       </c>
       <c r="Q9" s="4">
-        <v>14.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>64.53</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>40</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1362,54 +1362,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>419.85</v>
       </c>
       <c r="P12" s="8">
-        <v>83.23</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>19.82</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>