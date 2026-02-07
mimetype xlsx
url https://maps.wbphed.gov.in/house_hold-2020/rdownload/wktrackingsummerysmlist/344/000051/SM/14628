--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -972,54 +972,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>109.92</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>4.35</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>35</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1275,54 +1275,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>82.89</v>
       </c>
       <c r="Q8" s="4">
-        <v>27.68</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>33.39</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1338,54 +1338,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>29.29</v>
       </c>
       <c r="Q9" s="4">
-        <v>15.47</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>52.82</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1401,54 +1401,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>29.28</v>
       </c>
       <c r="Q10" s="4">
-        <v>26.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>91.68</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1464,54 +1464,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>52.89</v>
       </c>
       <c r="Q11" s="4">
-        <v>46.18</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>87.31</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>53</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1645,54 +1645,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>108.53</v>
       </c>
       <c r="Q14" s="4">
-        <v>100.24</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>92.35</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>47</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1708,54 +1708,54 @@
       <c r="I15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q15" s="4">
-        <v>19.12</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>11</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1992,54 +1992,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>121</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>22283.96</v>
       </c>
       <c r="P20" s="8">
-        <v>240.32</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>1.08</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>