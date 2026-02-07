--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -137,54 +137,54 @@
   <si>
     <t>BILL/01021/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-203</t>
   </si>
   <si>
     <t>28/05/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>ELECTRIC QUOTATION BILL FOR TW NO-II of SOLPOTA PWSS. REF CONSUMER ID-204310435 APPLICATION NO-2004739612, APPLICATION TYPE-NEW CONNECTION, NAME OF CCC-DANTAN CCC, NAME OF BLOCK-DANTAN-I</t>
   </si>
   <si>
     <t>BILL/01022/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-204</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for SOLPOTA AND ADJOINING MOUJAS PWSS under JJM Program under MMD PHE Dte.</t>
   </si>
   <si>
-    <t>Sri Bikash Das, AE/Midnapur Mechanical Sub-Division-I</t>
-[...2 lines deleted...]
-    <t>Sri Dablu Dutta, JE/Midnapur Mechanical Sub-Division-I</t>
+    <t>AE/Midnapur Mechanical Sub-Division-I,Sri Bikash Das, AE/Midnapur Mechanical Sub-Division-I</t>
+  </si>
+  <si>
+    <t>Sri Dablu Dutta, JE/Midnapur Mechanical Sub-Division-I,Sri Sourav Mondal, JE/Midnapur Mechanical Sub-Division-</t>
   </si>
   <si>
     <t>ORD/001756/2022-2023</t>
   </si>
   <si>
     <t>647/W/MMD</t>
   </si>
   <si>
     <t>20/03/2023</t>
   </si>
   <si>
     <t>28/08/2025</t>
   </si>
   <si>
     <t>DEY ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of Different Capacity R.C.C. Over Head Reservoir Over Pile / Raft Foundation including Sub-Soil investigation works for Construction of Over Head Reservoir with Laying distribution system, Sinking of Tube Well, Pump House, Boundary Wall &amp; Providing Functional Household Tap Connection (72023 Nos.) for 41 Nos. PWSS within DANTAN-I, DANTANII &amp; KESHIARY Block Pipe Water Supply Scheme under Kharagpur Sub-Division of Midnapore Division PHE Dte. under Paschim Medinipur District.</t>
   </si>
   <si>
     <t>AE Kharagpur Sub-division,Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE RWS Midnapur Sub-Division(Dantan-II),JE RWS Kharagpur Sub-Division( Keshiary),JE RWS Midnapur Sub-Division( Dantan-I),JE2 Kharagpur Sub Division</t>
   </si>
@@ -954,54 +954,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>21.57</v>
       </c>
       <c r="Q6" s="4">
-        <v>14.66</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>67.95</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>20</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1017,88 +1017,88 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>18003.47</v>
       </c>
       <c r="Q7" s="4">
-        <v>167.8</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>18078.54</v>
       </c>
       <c r="P8" s="8">
-        <v>182.46</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>1.01</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>