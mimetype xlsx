--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -209,51 +209,51 @@
   <si>
     <t>29/03/2025</t>
   </si>
   <si>
     <t>DAS ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works for Construction of Over Head Reservoir with laying distribution system, Sinking of Tube Well, Pump House &amp; laying of rising main, Boundary Wall &amp; Providing Functional Household Tap Connection (18944 Nos) including 2 years Operation &amp; Maintenance for ANTRI, PALASIA, BAMAN BIRUA, BAMANDA, GAZIPUR PATNA, PUNDRA, SALIKOTHA &amp; SARANG Pipe water supply Scheme within Dantan-I Block Under Kharagpur Sub Division of Midnapore Division PHE Dte. under Paschim Medinipur District.</t>
   </si>
   <si>
     <t>Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE RWS Midnapur Sub-Division( Dantan-I)</t>
   </si>
   <si>
     <t>ORD/000039/2023-2024</t>
   </si>
   <si>
     <t>1355/MD</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
-    <t>03/12/2025</t>
+    <t>01/06/2026</t>
   </si>
   <si>
     <t>SWACH ENVIRONMENT PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -808,54 +808,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>100.36</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>4.76</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>90</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1107,54 +1107,54 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>22.83</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.05</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>61.55</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>30</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1170,88 +1170,88 @@
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>4465.22</v>
       </c>
       <c r="Q9" s="4">
-        <v>275.82</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>6.18</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>45</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>4628.09</v>
       </c>
       <c r="P10" s="8">
-        <v>294.65</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>6.37</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>