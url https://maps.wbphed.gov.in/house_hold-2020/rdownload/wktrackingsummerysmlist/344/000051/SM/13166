--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -875,88 +875,88 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>3925.58</v>
       </c>
       <c r="Q5" s="4">
-        <v>87.29</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>2.22</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>20</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="11"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8">
         <v>25298.43</v>
       </c>
       <c r="P6" s="8">
-        <v>87.29</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="8">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>