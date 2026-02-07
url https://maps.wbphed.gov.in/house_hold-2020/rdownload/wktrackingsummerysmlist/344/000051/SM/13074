--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -816,54 +816,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>25.39</v>
       </c>
       <c r="Q3" s="4">
-        <v>20.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>80.09</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1115,54 +1115,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>18003.47</v>
       </c>
       <c r="Q8" s="4">
-        <v>69.49</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>30</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1178,88 +1178,88 @@
       <c r="I9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>21.53</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.9</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>13.46</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>20</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>18083.38</v>
       </c>
       <c r="P10" s="8">
-        <v>92.73</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>0.51</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>