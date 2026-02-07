--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -173,51 +173,51 @@
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works for Construction of Over Head Reservoir with laying distribution system, Pump House, Boundary Wall &amp; Providing Functional Household Tap Connection (33,066 Nos.) For KASBA NARAYANGARH, KHURSI, NAHARPUR, NARMA, PAKURSENI, ASTI, BARA MAHANPUR, GOBINDAPUR BRAHMAN SASAN, JAMUNA, RERIPUR, TUTRANGA, SHUJANAGAR &amp; GOKULPUR Pipe water supply Scheme within NARAYANGARH Block including 02 (Two) Years Operation &amp; Maintenance Under Kharagpur Sub-Division of Midnapore Division PHE Dte. under Paschim Medinipur District.</t>
   </si>
   <si>
     <t>AE Kharagpur Sub-division,Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE1 Kharagpur Sub-division</t>
   </si>
   <si>
     <t>ORD/000290/2023-2024</t>
   </si>
   <si>
     <t>5049/MD</t>
   </si>
   <si>
     <t>25/10/2023</t>
   </si>
   <si>
-    <t>13/12/2025</t>
+    <t>11/06/2026</t>
   </si>
   <si>
     <t>SWACH ENVIRONMENT PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -772,54 +772,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>71.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>6.67</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>94</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -991,54 +991,54 @@
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>29939.11</v>
       </c>
       <c r="P7" s="8">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>