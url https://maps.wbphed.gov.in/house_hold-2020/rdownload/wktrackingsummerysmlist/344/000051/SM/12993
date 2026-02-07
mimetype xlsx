--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -227,51 +227,51 @@
   <si>
     <t>BP-2024-25-212</t>
   </si>
   <si>
     <t>28/05/2024</t>
   </si>
   <si>
     <t>Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works for Construction of Over Head Reservoir with laying distribution system, Sinking of Tube Well, Pump House &amp; laying of rising main, Boundary Wall &amp; Providing Functional Household Tap Connection (18944 Nos) including 2 years Operation &amp; Maintenance for ANTRI, PALASIA, BAMAN BIRUA, BAMANDA, GAZIPUR PATNA, PUNDRA, SALIKOTHA &amp; SARANG Pipe water supply Scheme within Dantan-I Block Under Kharagpur Sub Division of Midnapore Division PHE Dte. under Paschim Medinipur District.</t>
   </si>
   <si>
     <t>Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE RWS Midnapur Sub-Division( Dantan-I)</t>
   </si>
   <si>
     <t>ORD/000039/2023-2024</t>
   </si>
   <si>
     <t>1355/MD</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
-    <t>03/12/2025</t>
+    <t>01/06/2026</t>
   </si>
   <si>
     <t>SWACH ENVIRONMENT PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -826,54 +826,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>100.36</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>4.76</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>90</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1009,54 +1009,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>22.98</v>
       </c>
       <c r="Q6" s="4">
-        <v>10.62</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>46.23</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>20</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1249,88 +1249,88 @@
       <c r="I10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>4465.22</v>
       </c>
       <c r="Q10" s="4">
-        <v>314.52</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>7.04</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>4650.56</v>
       </c>
       <c r="P11" s="8">
-        <v>329.92</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>7.09</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>