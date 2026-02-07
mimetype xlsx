--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -209,87 +209,87 @@
   <si>
     <t>3572/MD</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>02/10/2025</t>
   </si>
   <si>
     <t>ARNAB PATRA</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Laying distribution pipe line, Pump House, Boundary wall with allied work for Augmentation of Gobardhanpur &amp; its adjoining mouzas W/S Scheme in Pingla Block including supply of all labour &amp; materials within Kharagpur Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000504/2022-2023</t>
   </si>
   <si>
     <t>2517/MD</t>
   </si>
   <si>
     <t>09/12/2022</t>
   </si>
   <si>
-    <t>26/09/2025</t>
+    <t>25/11/2025</t>
   </si>
   <si>
     <t>DIPAK KUMAR BAKLY</t>
   </si>
   <si>
     <t>Construction of 5.40 X 3.60 Mtr. Switch Room cum Chlorine Room with W.C. &amp; Bath for Augmentation of Gobardhanpur W/S Scheme in Pingla block within Kharagpur Sub-Division under Midnapore Division, PHE Dte. (Considering G.L. 1950 mm below Road Level) {Type-B}.</t>
   </si>
   <si>
     <t>ORD/000825/2023-2024</t>
   </si>
   <si>
     <t>706/MD</t>
   </si>
   <si>
     <t>12/03/2024</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>CHANDAN YADAV</t>
   </si>
   <si>
     <t>Construction of approach road (concrete road) for Augmentation of Gobardhanpur PWSS Head Work Site at Ratrapur in Pingla Block within Kharagpur Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000442/2024-2025</t>
   </si>
   <si>
     <t>348/MD</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
-    <t>27/10/2025</t>
+    <t>26/11/2025</t>
   </si>
   <si>
     <t>M/S BAKLY CONSTRUCTION</t>
   </si>
   <si>
     <t>Providing and installation of Submersible pumping machineries and other allied electromechanical works at Newly sunk Tube well (Relacement) at Pump House-2 under Gobardhanpur water supply scheme under Midnapore Mechanical Division, PHE Dte. Dist.:- Paschim Medinipur</t>
   </si>
   <si>
     <t>ORD/001865/2024-2025</t>
   </si>
   <si>
     <t>788/W/MMD</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>23/08/2025</t>
   </si>
   <si>
     <t>M/S. SAJAHAN CHOWDHURY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -860,54 +860,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.95</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.83</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>95.63</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1092,54 +1092,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>22.98</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.65</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>46.34</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1153,54 +1153,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>12.74</v>
       </c>
       <c r="Q8" s="4">
-        <v>7.52</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>58.98</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1214,54 +1214,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>159.48</v>
       </c>
       <c r="Q9" s="4">
-        <v>75.31</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>47.22</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>10</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1431,54 +1431,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>245.29</v>
       </c>
       <c r="P13" s="8">
-        <v>96.3</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>39.26</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>