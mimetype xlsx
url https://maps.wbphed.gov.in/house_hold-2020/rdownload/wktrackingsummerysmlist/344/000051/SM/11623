--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1251,54 +1251,54 @@
       <c r="I9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>27.35</v>
       </c>
       <c r="Q9" s="4">
-        <v>27.01</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.75</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1499,54 +1499,54 @@
       <c r="I13" s="13" t="s">
         <v>68</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P13" s="4">
         <v>1460.37</v>
       </c>
       <c r="Q13" s="4">
-        <v>244.07</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>16.71</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>58</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1722,54 +1722,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>1671.46</v>
       </c>
       <c r="P17" s="8">
-        <v>271.08</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>16.22</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>