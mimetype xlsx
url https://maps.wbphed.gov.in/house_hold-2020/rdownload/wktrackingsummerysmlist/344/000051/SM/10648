--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1162,54 +1162,54 @@
         <v>43</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P8" s="4">
         <v>3.46</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.45</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1225,54 +1225,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P9" s="4">
         <v>5.93</v>
       </c>
       <c r="Q9" s="4">
-        <v>5.37</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>90.55</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1288,54 +1288,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P10" s="4">
         <v>5.93</v>
       </c>
       <c r="Q10" s="4">
-        <v>5.36</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>90.28</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1646,54 +1646,54 @@
       <c r="I16" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P16" s="4">
         <v>39.56</v>
       </c>
       <c r="Q16" s="4">
-        <v>29.15</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>73.7</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>91</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1768,88 +1768,88 @@
       <c r="I18" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P18" s="4">
         <v>45.86</v>
       </c>
       <c r="Q18" s="4">
-        <v>38.09</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>83.04</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>91</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>107.42</v>
       </c>
       <c r="P19" s="8">
-        <v>81.42</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>75.79</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>