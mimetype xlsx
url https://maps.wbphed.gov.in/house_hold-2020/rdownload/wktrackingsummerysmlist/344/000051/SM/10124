--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -1040,54 +1040,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.55</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.55</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1099,54 +1099,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.41</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.41</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1158,54 +1158,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P5" s="4">
         <v>1.87</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.87</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1451,54 +1451,54 @@
       <c r="I10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>41.07</v>
       </c>
       <c r="Q10" s="4">
-        <v>26.58</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>64.73</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1510,54 +1510,54 @@
         <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>9.56</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1860,54 +1860,54 @@
       <c r="I17" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="4">
         <v>23.01</v>
       </c>
       <c r="Q17" s="4">
-        <v>18.64</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>20</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1976,54 +1976,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>601.47</v>
       </c>
       <c r="Q19" s="4">
-        <v>444.71</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>73.94</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>80</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2037,54 +2037,54 @@
       <c r="I20" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P20" s="4">
         <v>22.99</v>
       </c>
       <c r="Q20" s="4">
-        <v>10.94</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>47.56</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>20</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2159,54 +2159,54 @@
       <c r="I22" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P22" s="4">
         <v>1.35</v>
       </c>
       <c r="Q22" s="4">
-        <v>3.76</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>279.67</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2281,88 +2281,88 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P24" s="4">
         <v>0.56</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>151.89</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>865.27</v>
       </c>
       <c r="P25" s="8">
-        <v>515.09</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>59.53</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>