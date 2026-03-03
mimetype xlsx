--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -973,54 +973,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.34</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1689,54 +1689,54 @@
       <c r="I15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P15" s="4">
         <v>5.93</v>
       </c>
       <c r="Q15" s="4">
-        <v>5.36</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>90.48</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1752,54 +1752,54 @@
       <c r="I16" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P16" s="4">
         <v>5.6</v>
       </c>
       <c r="Q16" s="4">
-        <v>5.58</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>98</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1815,54 +1815,54 @@
       <c r="I17" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P17" s="4">
         <v>5.75</v>
       </c>
       <c r="Q17" s="4">
-        <v>5.74</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1937,54 +1937,54 @@
       <c r="I19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P19" s="4">
         <v>42.69</v>
       </c>
       <c r="Q19" s="4">
-        <v>37.63</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>88.15</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2000,54 +2000,54 @@
       <c r="I20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P20" s="4">
         <v>39.22</v>
       </c>
       <c r="Q20" s="4">
-        <v>33.77</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>86.1</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2063,54 +2063,54 @@
       <c r="I21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P21" s="4">
         <v>36.07</v>
       </c>
       <c r="Q21" s="4">
-        <v>32.91</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>91.25</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2126,54 +2126,54 @@
       <c r="I22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P22" s="4">
         <v>41.84</v>
       </c>
       <c r="Q22" s="4">
-        <v>36.04</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>86.13</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2189,88 +2189,88 @@
       <c r="I23" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P23" s="4">
         <v>5.91</v>
       </c>
       <c r="Q23" s="4">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>70.61</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>198.87</v>
       </c>
       <c r="P24" s="8">
-        <v>163.55</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>82.24</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>