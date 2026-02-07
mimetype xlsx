--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -995,54 +995,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.04</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1227,54 +1227,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>41.34</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.91</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>65.1</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1571,54 +1571,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P13" s="4">
         <v>605.9</v>
       </c>
       <c r="Q13" s="4">
-        <v>465.3</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>76.79</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>80</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1632,54 +1632,54 @@
       <c r="I14" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>79</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P14" s="4">
         <v>22.88</v>
       </c>
       <c r="Q14" s="4">
-        <v>18.2</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>79.55</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>20</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1693,54 +1693,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P15" s="4">
         <v>52.81</v>
       </c>
       <c r="Q15" s="4">
-        <v>45.28</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>85.75</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2100,54 +2100,54 @@
       <c r="I22" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P22" s="4">
         <v>6.3</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>2.17</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>50</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2256,54 +2256,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>130</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>1057.35</v>
       </c>
       <c r="P25" s="8">
-        <v>558.86</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>52.86</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>