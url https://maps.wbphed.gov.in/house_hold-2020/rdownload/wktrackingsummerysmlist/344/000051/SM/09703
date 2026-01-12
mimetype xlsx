--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,63 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>PASCHIM MEDINIPUR</t>
+  </si>
+  <si>
     <t>Midnapore Division</t>
   </si>
   <si>
     <t>Retrofitting to accommodate FHTC under JJM in Manidaha PWSS under Midnapore Sadar Block in Paschim Medinipur District</t>
+  </si>
+  <si>
+    <t>SM/09703</t>
+  </si>
+  <si>
+    <t>Retrofitting</t>
   </si>
   <si>
     <t>Laying distribution pipe line, soil test and Construction and Commissioning of RCC Over Head Reservoir (Intze type with solid raft) of capacity 350 CuM and staging height 20 mtr. as per approved drawing (No:- PC-I /OHR /12/2012 ) with allied works for Manidaha Water Supply Scheme within Medinipur Sadar Block including supply of all labour &amp; materials under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE/RWS Midnapore Sub Division</t>
   </si>
   <si>
     <t>JE RWS Sadar Sub-Division(Sadar Block)</t>
   </si>
   <si>
     <t>ORD/000503/2021-2022</t>
   </si>
   <si>
     <t>2245/MD</t>
   </si>
   <si>
     <t>28/12/2021</t>
   </si>
   <si>
     <t>26/06/2022</t>
   </si>
   <si>
     <t>DIPAK KUMAR BAKLY</t>
   </si>
@@ -564,55 +573,55 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
@@ -674,159 +683,171 @@
       </c>
       <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
-      <c r="B3" s="3"/>
+      <c r="B3" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G3" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H3" s="13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>230.53</v>
       </c>
       <c r="Q3" s="4">
         <v>5.54</v>
       </c>
       <c r="R3" s="4">
         <v>2.4</v>
       </c>
       <c r="S3" s="4">
         <v>70</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
-      <c r="B4" s="3"/>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G4" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H4" s="13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
       <c r="P4" s="4">
         <v>46.8</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>60</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="11"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="14"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8">
         <v>277.33</v>
       </c>
       <c r="P5" s="8">
         <v>5.54</v>
       </c>
       <c r="Q5" s="8">
         <v>2</v>
       </c>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>