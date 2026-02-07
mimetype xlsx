--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -727,54 +727,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>230.53</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.54</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>70</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -822,54 +822,54 @@
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="7" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="11"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="14"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8">
         <v>277.33</v>
       </c>
       <c r="P5" s="8">
-        <v>5.54</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="8">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A5:N5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>