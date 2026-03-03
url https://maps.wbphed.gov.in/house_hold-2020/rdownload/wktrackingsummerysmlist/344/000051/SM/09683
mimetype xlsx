--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -901,54 +901,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.11</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.67</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>79.21</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1383,54 +1383,54 @@
       <c r="I11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P11" s="4">
         <v>6.51</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.26</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>34.64</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1446,54 +1446,54 @@
       <c r="I12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>6.56</v>
       </c>
       <c r="Q12" s="4">
-        <v>6.56</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1568,54 +1568,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>41.8</v>
       </c>
       <c r="Q14" s="4">
-        <v>39.66</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>94.88</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>70</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1629,54 +1629,54 @@
         <v>87</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P15" s="4">
         <v>43.79</v>
       </c>
       <c r="Q15" s="4">
-        <v>41.85</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>95.56</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1726,54 +1726,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>150.16</v>
       </c>
       <c r="P17" s="8">
-        <v>91.99</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>61.26</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>