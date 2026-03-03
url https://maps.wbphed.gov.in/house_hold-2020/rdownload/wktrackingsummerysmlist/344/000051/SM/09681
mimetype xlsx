--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -978,54 +978,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.06</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.06</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1529,54 +1529,54 @@
       <c r="I12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>6.54</v>
       </c>
       <c r="Q12" s="4">
-        <v>6.54</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1592,54 +1592,54 @@
       <c r="I13" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P13" s="4">
         <v>6.55</v>
       </c>
       <c r="Q13" s="4">
-        <v>6.42</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.08</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1655,54 +1655,54 @@
       <c r="I14" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>6.59</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.48</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>98.29</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1718,54 +1718,54 @@
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P15" s="4">
         <v>6.51</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>40.35</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1781,54 +1781,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P16" s="4">
         <v>38.24</v>
       </c>
       <c r="Q16" s="4">
-        <v>35.36</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>92.46</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1903,54 +1903,54 @@
       <c r="I18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P18" s="4">
         <v>44.75</v>
       </c>
       <c r="Q18" s="4">
-        <v>41.63</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>93.02</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>92</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2023,54 +2023,54 @@
       <c r="I20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P20" s="4">
         <v>42.43</v>
       </c>
       <c r="Q20" s="4">
-        <v>39.16</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>92.3</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2086,54 +2086,54 @@
       <c r="I21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P21" s="4">
         <v>49.24</v>
       </c>
       <c r="Q21" s="4">
-        <v>47.33</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>96.12</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2183,54 +2183,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>275.73</v>
       </c>
       <c r="P23" s="8">
-        <v>188.61</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>68.4</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>