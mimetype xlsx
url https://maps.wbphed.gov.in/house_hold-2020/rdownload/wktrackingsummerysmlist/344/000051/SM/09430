--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -279,71 +279,50 @@
     <t>EXECUTIVE ENGINEER,MIDNAPORE MECHANICAL DIVISION, PHE DTE.</t>
   </si>
   <si>
     <t>Laying Distribution pipe line under JJM with allied work for Trilochanpur PWSS in Debra block including supply of all labour &amp; materials within Kharagpur Sub-Division under Midnapore Division, PHE Dte. [PART-II]</t>
   </si>
   <si>
     <t>AE/RWS Midnapore Sub Division</t>
   </si>
   <si>
     <t>JE RWS Kharagpur Sub-Division(Debra Blk)</t>
   </si>
   <si>
     <t>ORD/000008/2024-2025</t>
   </si>
   <si>
     <t>1902/MD</t>
   </si>
   <si>
     <t>20/06/2024</t>
   </si>
   <si>
     <t>18/09/2024</t>
   </si>
   <si>
     <t>ASHIM KUMAR DEY</t>
-  </si>
-[...19 lines deleted...]
-    <t>30/06/2025</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Augmentation of ground based piped water Supply scheme for DEBRA to accommodate FHTC under JJM Program under MMD PHE Dte. (Part-II)</t>
   </si>
   <si>
     <t>ORD/001961/2022-2023</t>
   </si>
   <si>
     <t>873/W/MMD</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>23/09/2023</t>
   </si>
   <si>
     <t>MASSK ENGINEERING WORKS</t>
   </si>
   <si>
     <t>Construction of boundary wall &amp; allied works for Head Work site, 2nd Tube well site &amp; 3rd Tube well site and Construction of 3.60 Mtr. X 3.00 Mtr. Switch Room cum Chlorine Room including W.C. for 3rd Tube well site for Augmentation of Debra PWSS within Debra Block under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>JE RWS Kharagpur Sub-Division(Debra)</t>
   </si>
@@ -771,51 +750,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W18"/>
+  <dimension ref="A1:W17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -991,54 +970,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>2.48</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.48</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1050,54 +1029,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P5" s="4">
         <v>0.16</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1166,54 +1145,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>25.23</v>
       </c>
       <c r="Q7" s="4">
-        <v>24.78</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.23</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1225,54 +1204,54 @@
         <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>15.62</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.29</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>91.47</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1591,262 +1570,201 @@
         <v>308.72</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I15" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="J15" s="13" t="s">
+      <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="K15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="N15" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="M15" s="4" t="s">
+      <c r="O15" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="N15" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P15" s="4">
-        <v>605.66</v>
+        <v>8.35</v>
       </c>
       <c r="Q15" s="4">
-        <v>557.67</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>92.08</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="J16" s="13" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P16" s="4">
-        <v>8.35</v>
+        <v>24.48</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
-      <c r="A17" s="3">
-[...18 lines deleted...]
-      <c r="H17" s="13" t="s">
+      <c r="A17" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="I17" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
+      <c r="O17" s="8">
+        <v>496.88</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0</v>
+      </c>
+      <c r="R17" s="8"/>
+      <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
-    <row r="18" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A18:N18"/>
+    <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>