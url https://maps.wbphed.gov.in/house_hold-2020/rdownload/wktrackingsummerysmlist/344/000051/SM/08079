--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -338,51 +338,51 @@
   <si>
     <t>ORD/000447/2020-2021</t>
   </si>
   <si>
     <t>338/MD</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>BANERJEE CONSTRUCTION</t>
   </si>
   <si>
     <t>Retrofitting to accommodate balance FHTC under JJM in Bural (Zone-I) PWSS, Block :- Sabang in the District of Paschim Medinipur.</t>
   </si>
   <si>
     <t>ORD/000437/2020-2021</t>
   </si>
   <si>
     <t>308/MD</t>
   </si>
   <si>
     <t>22/02/2021</t>
   </si>
   <si>
-    <t>15/08/2025</t>
+    <t>29/09/2025</t>
   </si>
   <si>
     <t>ASHOK BANERJEE</t>
   </si>
   <si>
     <t>Retrofitting to accommodate balance FHTC under JJM in Bural (Zone-II) PWSS, Block :- Sabang in the District of Paschim Medinipur.</t>
   </si>
   <si>
     <t>ORD/000436/2020-2021</t>
   </si>
   <si>
     <t>307/MD</t>
   </si>
   <si>
     <t>30/12/2025</t>
   </si>
   <si>
     <t>Retrofitting to accommodate balance FHTC under JJM in Ragpur PWSS in Pingla Block in the District of Paschim Medinipur.</t>
   </si>
   <si>
     <t>JE RWS Kharagpur Sub-Division( Sabang),JE1 Kharagpur Sub-division,JE3 Kharagpur Sub-division</t>
   </si>
   <si>
     <t>ORD/000505/2020-2021</t>
   </si>
@@ -1405,54 +1405,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P9" s="4">
         <v>96.05</v>
       </c>
       <c r="Q9" s="4">
-        <v>9.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>10.17</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>96</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1464,54 +1464,54 @@
         <v>63</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>5.05</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.05</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>60.37</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1525,54 +1525,54 @@
       <c r="I11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P11" s="4">
         <v>45.46</v>
       </c>
       <c r="Q11" s="4">
-        <v>12.13</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>26.67</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>30</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1586,54 +1586,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>31.59</v>
       </c>
       <c r="Q12" s="4">
-        <v>20.83</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>65.94</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>67</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1645,54 +1645,54 @@
         <v>80</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P13" s="4">
         <v>18.99</v>
       </c>
       <c r="Q13" s="4">
-        <v>2.19</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>11.54</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>95</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1706,54 +1706,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P14" s="4">
         <v>93.67</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.11</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>5.46</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>80</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1767,54 +1767,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P15" s="4">
         <v>64.56</v>
       </c>
       <c r="Q15" s="4">
-        <v>9.39</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>14.55</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>15</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1946,54 +1946,54 @@
       <c r="I18" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>99</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>93.36</v>
       </c>
       <c r="Q18" s="4">
-        <v>27.01</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>28.93</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>70</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2251,54 +2251,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P23" s="4">
         <v>22.16</v>
       </c>
       <c r="Q23" s="4">
-        <v>18.71</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>84.42</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2312,54 +2312,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P24" s="4">
         <v>94.86</v>
       </c>
       <c r="Q24" s="4">
-        <v>38.86</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>40.97</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>76</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2434,88 +2434,88 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>143</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P26" s="4">
         <v>22.23</v>
       </c>
       <c r="Q26" s="4">
-        <v>19.22</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>86.43</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>70</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>148</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>939.43</v>
       </c>
       <c r="P27" s="8">
-        <v>166.27</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>17.7</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>