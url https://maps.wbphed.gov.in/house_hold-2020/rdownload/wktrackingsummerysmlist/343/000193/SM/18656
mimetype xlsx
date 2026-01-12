--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -89,87 +89,69 @@
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>SOUTH 24 PARGANAS</t>
   </si>
   <si>
     <t>South 24 Pgs W/S Division I</t>
   </si>
   <si>
     <t>Augmentation of laying distribution system to extend the benefit of 100% Household in ZONE-VIII at JOYNAGAR-II block within Mega surface water based water supply scheme of Falta-Mathurapur dist.- South 24 pgns. Under south 24 pgns water supply division-I,</t>
   </si>
   <si>
     <t>SM/18656</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
-    <t>Laying distribution system of piped water supply at Zone-VIII (Nimpith) of Joynagar-II Block, of BARUIPUR Sub-Division, for ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under South 24 Parganas W/S Division - I, P.H.E. Dte.</t>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000208/2023-2024</t>
+  </si>
+  <si>
+    <t>382/SWD-I</t>
+  </si>
+  <si>
+    <t>27/04/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>Construction of pipe carrying structure with laying of 610 mm dia M.S. Secondary Rising Main for crossing of Canal at Bakultala Natunhaater Culvert and Nimpith Tulsighata Bridge under Augmentation of laying distribution system to extend the benefit of 100% Household in ZONE-VIII at JOYNAGAR-II block within Mega surface water based water supply scheme of Falta-Mathurapur dist.- South 24 pgns. Under south 24 pgns water supply division-I, PHE Dte. [SM/18656]</t>
   </si>
   <si>
     <t>AE BSD</t>
-  </si>
-[...31 lines deleted...]
-    <t>Construction of pipe carrying structure with laying of 610 mm dia M.S. Secondary Rising Main for crossing of Canal at Bakultala Natunhaater Culvert and Nimpith Tulsighata Bridge under Augmentation of laying distribution system to extend the benefit of 100% Household in ZONE-VIII at JOYNAGAR-II block within Mega surface water based water supply scheme of Falta-Mathurapur dist.- South 24 pgns. Under south 24 pgns water supply division-I, PHE Dte. [SM/18656]</t>
   </si>
   <si>
     <t>JE-2</t>
   </si>
   <si>
     <t>ORD/000284/2024-2025</t>
   </si>
   <si>
     <t>3040/SWD-I</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>SRIJON ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of 1000 m3 capacity 20 M. staging height R.C.C. Over Head Water Reservoir as per departmental design, drawing &amp; specification including R.C.C. Bored Pile &amp; Pile Cap for " Augmentation of laying distribution system to extend the benifit of 100 % Household in ZONE-VIII at JAYNAGAR-II block within Mega Surface Water Based Water Supply Scheme of Falta-Mathurapur Dist. South 24 Parganas under South 24 Paraganas Water Supply Division-I Division of PHE Dte." (TSM/015336 )</t>
   </si>
   <si>
     <t>JE RWS,JE-2</t>
   </si>
@@ -597,51 +579,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -735,303 +717,244 @@
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="I3" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="N3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="N3" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P3" s="4">
-        <v>432.84</v>
+        <v>126.39</v>
       </c>
       <c r="Q3" s="4">
-        <v>238.27</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>55.05</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="I4" s="13"/>
-      <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P4" s="4">
-        <v>126.39</v>
+        <v>45.72</v>
       </c>
       <c r="Q4" s="4">
-        <v>0</v>
+        <v>5.31</v>
       </c>
       <c r="R4" s="4">
-        <v>0</v>
+        <v>11.61</v>
       </c>
       <c r="S4" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P5" s="4">
-        <v>45.72</v>
+        <v>357.14</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.31</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>11.61</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="3">
-[...24 lines deleted...]
-      <c r="J6" s="13" t="s">
+      <c r="A6" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="K6" s="4" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>529.24</v>
+      </c>
+      <c r="P6" s="8">
+        <v>5.31</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>1</v>
+      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>