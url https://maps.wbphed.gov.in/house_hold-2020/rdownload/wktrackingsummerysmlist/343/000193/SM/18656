--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -799,54 +799,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>45.72</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.31</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>11.61</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -894,54 +894,54 @@
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="11"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8">
         <v>529.24</v>
       </c>
       <c r="P6" s="8">
-        <v>5.31</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="8">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>