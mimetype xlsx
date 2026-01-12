--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -140,50 +140,53 @@
   <si>
     <t>Construction of boundary wall &amp; other allied works at Head Work Site of KANNYANAGAR PWSS at Bishnupur-I block District- South 24-Parganas for augmentation of Surface Water Based W/S scheme in the Arsenic affected areas of South 24-Parganas District. [TSM/018432]</t>
   </si>
   <si>
     <t>AE SWSD-II</t>
   </si>
   <si>
     <t>ORD/000415/2023-2024</t>
   </si>
   <si>
     <t>1959/SWD-I</t>
   </si>
   <si>
     <t>24/08/2023</t>
   </si>
   <si>
     <t>23/10/2023</t>
   </si>
   <si>
     <t>T. K. ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of 03 (three) nos. different capacities 20 mtr. staging height R.C.C. Over Head Reservoirs as per departmental design, drawing &amp; specification with R.C.C. Bored Pile &amp; Pile Cap including Soil investigation and foundation design for KANNYANAGAR, BAGI &amp; BHANDARIA PWSS of Bishnupur-I Block for Augmentation of Surface Water based Water Supply Schme in the arsenic affected areas of South 24 Parganas District under South 24-Pgns. W/S Division-I, PHE Dte. [TSM/018432, TSM/017332, TSM/017323]</t>
   </si>
   <si>
+    <t>JE1,JE4</t>
+  </si>
+  <si>
     <t>ORD/000422/2023-2024</t>
   </si>
   <si>
     <t>1969/SWD-I</t>
   </si>
   <si>
     <t>19/06/2024</t>
   </si>
   <si>
     <t>H. T. R. CONSTRUCTION</t>
   </si>
   <si>
     <t>Preparation and submission of Detailed Project Report of Ground Water Based Kannyanagar Piped Water Supply Scheme to accommodate FHTC in Bishnupur-I Block under South 24-Pgns W/S Division-I, PHE Dte for Augmentation of Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns. district.</t>
   </si>
   <si>
     <t>ORD/000962/2022-2023</t>
   </si>
   <si>
     <t>1166/SWD-I</t>
   </si>
   <si>
     <t>29/08/2022</t>
   </si>
   <si>
     <t>28/09/2022</t>
@@ -273,50 +276,68 @@
     <t>983/SWD-I</t>
   </si>
   <si>
     <t>09/04/2025</t>
   </si>
   <si>
     <t>08/06/2025</t>
   </si>
   <si>
     <t>GLOBAL CONSTRUCTION</t>
   </si>
   <si>
     <t>Land development at 3rd Tubewell site and approach road of Kannyanagar PWSS to accommodate FHTC in Bishnupur-I Block under South 24-Pgs. W/S Divn.-I, P.H.E. Dte., for augmentation of surface water based water supply scheme in the arsenic affected areas of South 24 Parganas District. (SM/18574)</t>
   </si>
   <si>
     <t>ORD/000005/2025-2026</t>
   </si>
   <si>
     <t>908/SWD-I</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>02/05/2025</t>
+  </si>
+  <si>
+    <t>Sinking of Rig bored 250mm x 150mm dia. &amp; 300 mtr. deep Tubewell having 66 mtr. housing pipe by Rotary method for KANNYANAGAR PWSS of BISHNUPUR-I block for Augmentaion of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district under South 24-Parganas W/S Division-I, P.H.E. Dte. [TSM/018432]</t>
+  </si>
+  <si>
+    <t>ORD/000376/2023-2024</t>
+  </si>
+  <si>
+    <t>1802/SWD-I</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>17/01/2025</t>
+  </si>
+  <si>
+    <t>PIYALI CONSTRUCTION &amp; GENERAL ORDER SUPPLIER</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -705,73 +726,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -966,536 +987,599 @@
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="J5" s="13"/>
+      <c r="J5" s="13" t="s">
+        <v>42</v>
+      </c>
       <c r="K5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>572.68</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>2.92</v>
       </c>
       <c r="Q6" s="4">
         <v>2.92</v>
       </c>
       <c r="R6" s="4">
         <v>100</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>49.9</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>31.8</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>96.96</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P10" s="4">
         <v>527.21</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P11" s="4">
         <v>11.5</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P12" s="4">
         <v>4.71</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
-[...25 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" s="4">
+        <v>15.85</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>98</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>1366.24</v>
+      </c>
+      <c r="P14" s="8">
+        <v>2.92</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0.21</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>