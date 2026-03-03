--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -246,50 +246,53 @@
     <t>22/07/2024</t>
   </si>
   <si>
     <t>CHANDAN ROY</t>
   </si>
   <si>
     <t>Laying Distribution System with providing Functional Household Tap Connection (FHTC) and Construction of Pump House with water supply and sanitary arrangement (as per deptt. drawing) of KANNYANAGAR PIPE WATER SUPPLY SCHEME in BISHNUPUR-I Block for Augmentation of surface water based water supply scheme in the arsenic affected areas of South 24 Parganas District. (No of FHTC = 4562) [TSM/018432].</t>
   </si>
   <si>
     <t>ORD/000427/2023-2024</t>
   </si>
   <si>
     <t>1987/SWD-I</t>
   </si>
   <si>
     <t>25/08/2023</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>DEBAPRASAD MONDAL</t>
   </si>
   <si>
     <t>Construction of 2 nos. (4.80 Mtr. X 3.66 Mtr.) PUMP HOUSE with water supply and sanitary arrangement (as per Deptt. drawing) for 2nd and 3rd tubewell sites of KANNYANAGAR PIPE WATER SUPPLY SCHEME to accommodate FHTC in Bishnupur-I Block under South 24 Pgns. W/S Division-I for Augmentation of Surface Water Based Water Supply Scheme in Arsenic affected areas of South 24-Pgs. Dist. [SM/18574]</t>
+  </si>
+  <si>
+    <t>AE S24D1</t>
   </si>
   <si>
     <t>ORD/000032/2025-2026</t>
   </si>
   <si>
     <t>983/SWD-I</t>
   </si>
   <si>
     <t>09/04/2025</t>
   </si>
   <si>
     <t>08/06/2025</t>
   </si>
   <si>
     <t>GLOBAL CONSTRUCTION</t>
   </si>
   <si>
     <t>Land development at 3rd Tubewell site and approach road of Kannyanagar PWSS to accommodate FHTC in Bishnupur-I Block under South 24-Pgs. W/S Divn.-I, P.H.E. Dte., for augmentation of surface water based water supply scheme in the arsenic affected areas of South 24 Parganas District. (SM/18574)</t>
   </si>
   <si>
     <t>ORD/000005/2025-2026</t>
   </si>
   <si>
     <t>908/SWD-I</t>
   </si>
@@ -1066,54 +1069,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>2.92</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.92</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1342,231 +1345,235 @@
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="I11" s="13"/>
-      <c r="J11" s="13"/>
+      <c r="I11" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>59</v>
+      </c>
       <c r="K11" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P11" s="4">
         <v>11.5</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P12" s="4">
         <v>4.71</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P13" s="4">
         <v>15.85</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>1366.24</v>
       </c>
       <c r="P14" s="8">
-        <v>2.92</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>