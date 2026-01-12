--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -222,50 +222,74 @@
     <t>BILL/00394/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-92</t>
   </si>
   <si>
     <t>Construction of 350 cum OHR with soil investigation, pump house cum chlorine room, Laying rising and distrbution main pipe line with FHTC for JAGADISHPUR Piped Water Supply Scheme to accommodate FHTC in Sonarpur Block under South 24-Partganas, W/S Division-I for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24-Parganas District under Jal Jeevan Mission. (No of FHTC = 2503) (TSM/017715)</t>
   </si>
   <si>
     <t>AE HQ-I,Assistant engineer (contractual)</t>
   </si>
   <si>
     <t>ORD/000426/2023-2024</t>
   </si>
   <si>
     <t>1986/SWD-I</t>
   </si>
   <si>
     <t>25/08/2023</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>G.B. CONSTRUCTION AND CO.</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1 &amp; 2 for Augmentation of Jagadishpur water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Sonarpur]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000120/2023-2024</t>
+  </si>
+  <si>
+    <t>1097/SMD</t>
+  </si>
+  <si>
+    <t>18/04/2023</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>DEBJYOTI BASU</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -654,51 +678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W11"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1242,87 +1266,148 @@
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>703.02</v>
       </c>
       <c r="Q10" s="4">
         <v>274.19</v>
       </c>
       <c r="R10" s="4">
         <v>39</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="7" t="s">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="B11" s="7"/>
-[...22 lines deleted...]
-      <c r="S11" s="8"/>
+      <c r="I11" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" s="4">
+        <v>22.79</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>100</v>
+      </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>865.35</v>
+      </c>
+      <c r="P12" s="8">
+        <v>305.04</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>35.25</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A11:N11"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>