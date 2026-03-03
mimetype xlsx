--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1020,54 +1020,54 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>31.8</v>
       </c>
       <c r="Q6" s="4">
-        <v>30.85</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>97.01</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1252,54 +1252,54 @@
       <c r="I10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>703.02</v>
       </c>
       <c r="Q10" s="4">
-        <v>274.19</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1347,54 +1347,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>865.35</v>
       </c>
       <c r="P12" s="8">
-        <v>305.04</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>35.25</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>