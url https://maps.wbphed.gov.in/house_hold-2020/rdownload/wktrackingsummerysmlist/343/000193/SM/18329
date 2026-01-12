--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -252,50 +252,53 @@
     <t>RTOR000315/2023-2024</t>
   </si>
   <si>
     <t>245/SWD-I</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>Distressed / Affected stretches of different road under P&amp;RD Deptt. in West Bengal due to pipeline laying work by PHED [Sl. No.59]</t>
   </si>
   <si>
     <t>BILL/00484/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-293</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>WBSRDA SOUTH 24 PGS ALIPORE</t>
   </si>
   <si>
     <t>Construction of 300 cum. Over Head Reservoir (OHR), (20 mtr. Staging Height) including design and drawing of pile foundation and pile cap after soil investigation along with Pump House, Rising Main, Laying distribution system, Functional Household Tap Connection (FHTC) to all households for DEARA Piped Water Supply Scheme to accommodate FHTC in Sonarpur Block under South 24-Partganas, W/S Division-I for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24-Parganas District under Jal Jeevan Mission. [No. of FHTC = 2233]</t>
+  </si>
+  <si>
+    <t>AE HQ-I,Assistant engineer (contractual)</t>
   </si>
   <si>
     <t>ORD/000238/2023-2024</t>
   </si>
   <si>
     <t>1435/SWD-I</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1425,90 +1428,90 @@
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P13" s="4">
         <v>593.7</v>
       </c>
       <c r="Q13" s="4">
         <v>234.21</v>
       </c>
       <c r="R13" s="4">
         <v>39.45</v>
       </c>
       <c r="S13" s="4">
         <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>815.74</v>
       </c>
       <c r="P14" s="8">
         <v>261.27</v>
       </c>
       <c r="Q14" s="8">
         <v>32.03</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>