--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -921,54 +921,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>3.14</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.14</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -980,54 +980,54 @@
         <v>41</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>30.07</v>
       </c>
       <c r="Q5" s="4">
-        <v>23.92</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>79.54</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1452,88 +1452,88 @@
       <c r="I13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P13" s="4">
         <v>593.7</v>
       </c>
       <c r="Q13" s="4">
-        <v>234.21</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>39.45</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>815.74</v>
       </c>
       <c r="P14" s="8">
-        <v>261.27</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>32.03</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>