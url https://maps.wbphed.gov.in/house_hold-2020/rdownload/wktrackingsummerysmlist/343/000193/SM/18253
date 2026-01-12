--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -104,168 +104,162 @@
   <si>
     <t>Retrofitting and proving FHTC including special repair and rejuvenation of different units of 34 MGD treatment plant at DAKSHIN ROYPUR for FHTC drive under surface water based W/S scheme in the Arsenic affected areas of South 24-pgns District.</t>
   </si>
   <si>
     <t>SM/18253</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000001/2023-2024</t>
   </si>
   <si>
     <t>248/SWD-I</t>
   </si>
   <si>
     <t>20/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Providing Balance FHTC for Budge Budge-II, Bishnupur-II and Mayapur GP with allied works in connection to Retrofitting and providing FHTC including Special Repair and Rejuvenation of different units of 34 MGD Treatment Plant at Dakshin Roypur for FHTC Drive under Surface Water based W/S Scheme in the Arsenic affected areas of South 24-Pgns. District. [No. of FHTC = 23728] (TSM/014925)</t>
+  </si>
+  <si>
+    <t>AE S24D1</t>
+  </si>
+  <si>
+    <t>JE-1</t>
+  </si>
+  <si>
+    <t>ORD/000567/2023-2024</t>
+  </si>
+  <si>
+    <t>2649/SWD-I</t>
+  </si>
+  <si>
+    <t>27/10/2023</t>
+  </si>
+  <si>
+    <t>25/01/2024</t>
+  </si>
+  <si>
+    <t>WPIL LTD.</t>
+  </si>
+  <si>
+    <t>Hiring of additional 01 (one) no. diesel driven Non-Air conditioner Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for official use of Assistant Engineer, Sub-Division-I for monitoring of JJM sites under South 24-Pgns W/S Division-I, PHE Dte. (SM/18253) [w.e.f. 16/12/2023 to 12/06/2024] [Vehicle No- WB-09-1333]</t>
+  </si>
+  <si>
+    <t>AE HQ-II</t>
+  </si>
+  <si>
+    <t>JE-2</t>
+  </si>
+  <si>
+    <t>ORD/000762/2023-2024</t>
+  </si>
+  <si>
+    <t>3247/SWD-I</t>
+  </si>
+  <si>
+    <t>15/12/2023</t>
+  </si>
+  <si>
+    <t>12/06/2024</t>
+  </si>
+  <si>
+    <t>SUDIP GHOSH</t>
+  </si>
+  <si>
+    <t>Continuation order for the work of Hiring of additional 01 (one) no. diesel driven Non-Air conditioner Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for official use of Assistant Engineer, Sub-Division-I for monitoring of JJM sites under South 24-Pgns W/S Division-I, PHE Dte. (SM/18253) [w.e.f. 13/06/2024 to 30/11/2024] [Vehicle No-WB-09-1333]</t>
+  </si>
+  <si>
+    <t>AE HQ-II,AE SWSD-I</t>
+  </si>
+  <si>
+    <t>ORD/000219/2024-2025</t>
+  </si>
+  <si>
+    <t>2572/SWD-I</t>
+  </si>
+  <si>
+    <t>04/06/2024</t>
+  </si>
+  <si>
+    <t>22/11/2024</t>
+  </si>
+  <si>
+    <t>Retrofitting of old recirculation system of 34 MGD WTP (Civil Part) at Budge Budge II Block Under South 24 Pgns W/S Division-I, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>AE SWSD-I</t>
+  </si>
+  <si>
+    <t>ORD/000339/2023-2024</t>
+  </si>
+  <si>
+    <t>1608/SWD-I</t>
+  </si>
+  <si>
+    <t>31/07/2023</t>
+  </si>
+  <si>
+    <t>14/10/2023</t>
+  </si>
+  <si>
+    <t>S. ROY AND ASSOCIATES</t>
+  </si>
+  <si>
     <t>S24 Pgns Mechanical</t>
   </si>
   <si>
     <t>Supply, delivery and installation of vertical turbine sewage pump with suitable rated vertical Induction motor set at WTP plant of Dakshin Roypur (34 MGD) with starter, cables, valves, pipe connections dismantling joints, and all other accessories &amp; related allied works under SMD, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer -II</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
-    <t>ORD/000723/2024-2025</t>
+    <t>ORD/000722/2024-2025</t>
   </si>
   <si>
     <t>3673/SMD</t>
   </si>
   <si>
     <t>21/11/2024</t>
   </si>
   <si>
-    <t>18/08/2025</t>
+    <t>15/05/2026</t>
   </si>
   <si>
     <t>S.P. CONSTRUCTION</t>
-  </si>
-[...91 lines deleted...]
-    <t>15/05/2026</t>
   </si>
   <si>
     <t>Continuation order for the work of Hiring of additional 01 (one) no. diesel driven Non-Air conditioner Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for official use of Assistant Engineer, Sub-Division-I for monitoring of JJM sites under South 24-Pgns W/S Division-I, PHE Dte. (SM/18253) [w.e.f. 01/12/2024 to 31/05/2025] [Vehicle No-WB-09-1333]</t>
   </si>
   <si>
     <t>ORD/000890/2024-2025</t>
   </si>
   <si>
     <t>4877/SWD-I</t>
   </si>
   <si>
     <t>29/11/2024</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>Continuation order for the work of Hiring of additional 01 (one) no. diesel driven Non-Air conditioner Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for official use of Assistant Engineer, Sub-Division-I for monitoring of JJM sites under South 24-Pgns W/S Division-I, PHE Dte. (SM/18253) [w.e.f. 01/06/2025 to 30/11/2025] [Vehicle No-WB-09-1333]</t>
   </si>
   <si>
     <t>ORD/000060/2025-2026</t>
   </si>
   <si>
     <t>1369/SWD-I</t>
   </si>
@@ -684,51 +678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -865,567 +859,506 @@
         <v>146.16</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="I4" s="13" t="s">
+      <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="O4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>106.17</v>
+        <v>1600.01</v>
       </c>
       <c r="Q4" s="4">
-        <v>0</v>
+        <v>534.16</v>
       </c>
       <c r="R4" s="4">
-        <v>0</v>
+        <v>33.38</v>
       </c>
       <c r="S4" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="I5" s="13" t="s">
+      <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="N5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="O5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>1600.01</v>
+        <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>534.16</v>
+        <v>1.96</v>
       </c>
       <c r="R5" s="4">
-        <v>33.38</v>
+        <v>228.66</v>
       </c>
       <c r="S5" s="4">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="I6" s="13" t="s">
+      <c r="J6" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="J6" s="13" t="s">
+      <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="M6" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O6" s="4" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="P6" s="4">
-        <v>0.86</v>
+        <v>0.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.96</v>
+        <v>2.15</v>
       </c>
       <c r="R6" s="4">
-        <v>228.66</v>
+        <v>264.42</v>
       </c>
       <c r="S6" s="4">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="I7" s="13" t="s">
+      <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="J7" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="M7" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>0.81</v>
+        <v>224.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.15</v>
+        <v>166.58</v>
       </c>
       <c r="R7" s="4">
-        <v>264.42</v>
+        <v>74.2</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I8" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="I8" s="13" t="s">
+      <c r="J8" s="13" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P8" s="4">
-        <v>224.5</v>
+        <v>106.17</v>
       </c>
       <c r="Q8" s="4">
-        <v>166.58</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>74.2</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="P9" s="4">
-        <v>106.17</v>
+        <v>0.86</v>
       </c>
       <c r="Q9" s="4">
+        <v>2.18</v>
+      </c>
+      <c r="R9" s="4">
+        <v>251.72</v>
+      </c>
+      <c r="S9" s="4">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="P10" s="4">
-        <v>0.86</v>
+        <v>0.87</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.18</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>251.72</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="3">
-[...33 lines deleted...]
-      <c r="M11" s="4" t="s">
+      <c r="A11" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="N11" s="4" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>2080.25</v>
+      </c>
+      <c r="P11" s="8">
+        <v>707.02</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>33.99</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>