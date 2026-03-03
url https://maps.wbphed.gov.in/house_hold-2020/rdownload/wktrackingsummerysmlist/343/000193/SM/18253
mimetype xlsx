--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -898,54 +898,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>1600.01</v>
       </c>
       <c r="Q4" s="4">
-        <v>534.16</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>33.38</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>20</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -959,54 +959,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.96</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>228.66</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>66</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1020,54 +1020,54 @@
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>0.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.15</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>264.42</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1081,54 +1081,54 @@
       <c r="I7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>224.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>166.58</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>74.2</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>25</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1203,54 +1203,54 @@
       <c r="I9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P9" s="4">
         <v>0.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.18</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>251.72</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1298,54 +1298,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>2080.25</v>
       </c>
       <c r="P11" s="8">
-        <v>707.02</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>33.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>