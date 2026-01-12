--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -104,123 +104,126 @@
   <si>
     <t>Augmentation of laying distribution system to extend the benefit of 100% Households in ZONE-II at KULTALI block within Mega surface water based water supply scheme of Falta-Mathurapur dist.- South 24 pgns. Under south 24 pgns water supply division-I, PHE</t>
   </si>
   <si>
     <t>SM/18223</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000295/2023-2024</t>
   </si>
   <si>
     <t>2433/SWD-I</t>
   </si>
   <si>
     <t>30/09/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Construction of 1250 Cu.m. capacity 20 M. staging height R.C.C. Over Head Water Reservoir as per departmental design, drawing &amp; specification including R.C.C. Bored Pile &amp; Pile Cap of piped water supply within Zone-II at Jalaberia Mouza of Kultali Block for the "Mega Surface Water Based Water Supply Scheme, Dist. South 24 Parganas" under Baruipur Sub-Division of South 24 Paraganas Water Supply Division-I Division of PHE Dte.</t>
+  </si>
+  <si>
+    <t>AE BSD</t>
+  </si>
+  <si>
+    <t>JE-2</t>
+  </si>
+  <si>
+    <t>ORD/000014/2022-2023</t>
+  </si>
+  <si>
+    <t>866/SWD-I</t>
+  </si>
+  <si>
+    <t>13/07/2022</t>
+  </si>
+  <si>
+    <t>09/05/2023</t>
+  </si>
+  <si>
+    <t>M/S PATH MAKERS</t>
+  </si>
+  <si>
+    <t>Restoration of boundary wall at Headworks site of Zone-II within kultali block, under Augmentation of laying distribution system to extend the benefit of 100% Households in Zone-II at KULTALI block within Mega Surface Water Based Water Supply Scheme of Falta-Mathurapur dist. South 24 Pgns. under South 24 Pgns. Water Supply Division-I, PHE Dte. (TSM/ 016053)</t>
+  </si>
+  <si>
+    <t>JE RWS</t>
+  </si>
+  <si>
+    <t>ORD/000250/2023-2024</t>
+  </si>
+  <si>
+    <t>1492/SWD-I</t>
+  </si>
+  <si>
+    <t>19/07/2023</t>
+  </si>
+  <si>
+    <t>17/09/2023</t>
+  </si>
+  <si>
+    <t>A.B. ASSOCIATES</t>
+  </si>
+  <si>
+    <t>joynagar Jalaberia Kultali Road from 7.47 Kmp to 8.00 Kmp restoration of Paver Block,from 8.00 Kmp to 9.5 Kmp &amp; 16.0 Kmp to 18.50 Kmp restoration of Head Shoulder due to laying of pipes by PHED under Lakshmikantapur Highway Sub-Division of Diamond Harbour Highway Division, P.W(Roads) Directorate in the District of South 24 Parganas</t>
+  </si>
+  <si>
+    <t>BILL/00639/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-364</t>
+  </si>
+  <si>
+    <t>02/10/2024</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGINEER, DIAMOND HARBOUR HIGHWAY DIVISION PW(ROADS) DTE.</t>
+  </si>
+  <si>
     <t>Laying distribution system of piped water supply at Zone-IIA (JALABERIA) of Kultali Block, under BARUIPUR Sub-Division, for ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under South 24 Parganas W/S Division - I, P.H.E. Dte.</t>
   </si>
   <si>
-    <t>AE BSD</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000401/2021-2022</t>
   </si>
   <si>
     <t>2597/SWD-I</t>
   </si>
   <si>
     <t>15/03/2022</t>
   </si>
   <si>
-    <t>13/07/2022</t>
+    <t>22/02/2026</t>
   </si>
   <si>
     <t>SPA ENTERPRISE</t>
-  </si>
-[...49 lines deleted...]
-    <t>EXECUTIVE ENGINEER, DIAMOND HARBOUR HIGHWAY DIVISION PW(ROADS) DTE.</t>
   </si>
   <si>
     <t>Laying distribution system of piped water supply at Zone-IIB (JALABARIA MOUZA) of Kultali Block, under BARUIPUR Sub-Division, for ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under South 24 Parganas W/S Division - I, P.H.E. Dte.</t>
   </si>
   <si>
     <t>JE-1</t>
   </si>
   <si>
     <t>ORD/000402/2021-2022</t>
   </si>
   <si>
     <t>2600/SWD-I</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>MAHAVIR PUMPS MANUFACTURING PVT LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -844,309 +847,309 @@
       <c r="H4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
-        <v>631.68</v>
+        <v>322.19</v>
       </c>
       <c r="Q4" s="4">
-        <v>582.5</v>
+        <v>309.12</v>
       </c>
       <c r="R4" s="4">
-        <v>92.21</v>
+        <v>95.94</v>
       </c>
       <c r="S4" s="4">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P5" s="4">
-        <v>322.19</v>
+        <v>14.14</v>
       </c>
       <c r="Q5" s="4">
-        <v>309.12</v>
+        <v>13.23</v>
       </c>
       <c r="R5" s="4">
-        <v>95.94</v>
+        <v>93.6</v>
       </c>
       <c r="S5" s="4">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>43</v>
-[...6 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
-        <v>14.14</v>
+        <v>10.48</v>
       </c>
       <c r="Q6" s="4">
-        <v>13.23</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>93.6</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="I7" s="13"/>
-      <c r="J7" s="13"/>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>10.48</v>
+        <v>631.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>582.5</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>92.21</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>644.11</v>
       </c>
       <c r="Q8" s="4">
         <v>365.58</v>
       </c>
       <c r="R8" s="4">
         <v>56.76</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>1715.07</v>
       </c>
       <c r="P9" s="8">
         <v>1270.44</v>
       </c>
       <c r="Q9" s="8">
         <v>74.07</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>