--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -850,54 +850,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>322.19</v>
       </c>
       <c r="Q4" s="4">
-        <v>309.12</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>95.94</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>91</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -911,54 +911,54 @@
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>14.14</v>
       </c>
       <c r="Q5" s="4">
-        <v>13.23</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.6</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1029,54 +1029,54 @@
       <c r="I7" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>631.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>582.5</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>92.21</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1090,88 +1090,88 @@
       <c r="I8" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>644.11</v>
       </c>
       <c r="Q8" s="4">
-        <v>365.58</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>56.76</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>1715.07</v>
       </c>
       <c r="P9" s="8">
-        <v>1270.44</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>74.07</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>