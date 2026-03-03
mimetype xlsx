--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -95,50 +95,53 @@
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>SOUTH 24 PARGANAS</t>
   </si>
   <si>
     <t>South 24 Pgs W/S Division I</t>
   </si>
   <si>
     <t>Augmentation of laying distribution system to extend the benefit of 100% Household in ZONE-VI at KULTALI block within Mega surface water based water supply scheme of Falta-Mathurapur dist.- South 24 pgns. Under south 24 pgns water supply division-I, PHE D</t>
   </si>
   <si>
     <t>SM/18220</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Laying distribution system of piped water supply at Zone-VIA of Kultali Block, under BARUIPUR Sub-Division, for ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under South 24 Parganas W/S Division - I, P.H.E. Dte..</t>
   </si>
   <si>
     <t>AE BSD</t>
   </si>
   <si>
+    <t>JE-2</t>
+  </si>
+  <si>
     <t>ORD/000403/2021-2022</t>
   </si>
   <si>
     <t>2551/SWD-I</t>
   </si>
   <si>
     <t>10/03/2022</t>
   </si>
   <si>
     <t>08/07/2022</t>
   </si>
   <si>
     <t>MS GOUTAM CHAKRABORTY</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000038/2022-2023</t>
   </si>
   <si>
     <t>2955/SWD-I</t>
   </si>
   <si>
     <t>16/02/2023</t>
@@ -165,53 +168,50 @@
     <t>ATINDRA CONSTRUCTION PRIVATE LIMITED.</t>
   </si>
   <si>
     <t>Construction of 900 Cum. capacity RCC Overhead Reservoir of 20 Mtr. Staging Height as per departmental design, drawing &amp; specification with RCC Bored Pile &amp; Pile Cap including Soil Investigation and foundation design with balance work for Augmentation of Laying Distribution System to extend benefit off 100% household in at MADHYA GURUIA (Zone-VI) Mouza in Kultali Block within Mega Surface Water based Water Supply Scheme of Falta-Mathurapur Dist.-South 24-Parganas under South 24-Pgns. W/S Division-I, PHE Dte. [TSM/016361]</t>
   </si>
   <si>
     <t>JE-1</t>
   </si>
   <si>
     <t>ORD/000459/2023-2024</t>
   </si>
   <si>
     <t>2136/SWD-I</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
     <t>26/06/2024</t>
   </si>
   <si>
     <t>M/S SARADA CONSTRUCTION</t>
   </si>
   <si>
     <t>Negotiation of gap of Secondary Grid pipeline under Augmentation of laying distribution system to extend the benefit of 100% household in Zone-VI at KULTALI block within Mega surface water based water supply scheme of Falta-Mathurapur Dist.-South 24 pgns. under South 24-Pgns Water Supply Division-I, PHE Dte. (SM/18220)</t>
-  </si>
-[...1 lines deleted...]
-    <t>JE-2</t>
   </si>
   <si>
     <t>ORD/000092/2025-2026</t>
   </si>
   <si>
     <t>1767/SWD-I</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>29/12/2025</t>
   </si>
   <si>
     <t>CHANDAN ROY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -756,286 +756,288 @@
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J3" s="13"/>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K3" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>640.41</v>
       </c>
       <c r="Q3" s="4">
-        <v>290.58</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>45.37</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>1655.16</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>84.5</v>
       </c>
       <c r="Q5" s="4">
-        <v>84.5</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>669.13</v>
       </c>
       <c r="Q6" s="4">
-        <v>75.22</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>11.24</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>88.79</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
@@ -1046,54 +1048,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>3137.99</v>
       </c>
       <c r="P8" s="8">
-        <v>450.29</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>14.35</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>