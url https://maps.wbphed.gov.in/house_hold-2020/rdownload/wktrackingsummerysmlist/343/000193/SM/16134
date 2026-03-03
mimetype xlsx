--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -843,54 +843,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>2.46</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.45</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1197,54 +1197,54 @@
       <c r="I9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>31.8</v>
       </c>
       <c r="Q9" s="4">
-        <v>15.15</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>47.64</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1258,54 +1258,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>138.93</v>
       </c>
       <c r="Q10" s="4">
-        <v>61.56</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>44.31</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>80</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1319,88 +1319,88 @@
       <c r="I11" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P11" s="4">
         <v>21.77</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.09</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>46.33</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>231.19</v>
       </c>
       <c r="P12" s="8">
-        <v>89.24</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>38.6</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>