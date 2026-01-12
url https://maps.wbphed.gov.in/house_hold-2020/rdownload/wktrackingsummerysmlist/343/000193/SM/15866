--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -270,62 +270,50 @@
     <t>4261/SMD</t>
   </si>
   <si>
     <t>06/11/2023</t>
   </si>
   <si>
     <t>04/02/2024</t>
   </si>
   <si>
     <t>Construction of platform for providing FHTC, protection work for laying pipeline and other allied works for Ground water based BALBALIA piped water supply scheme to accommodate FHTC in BARUIPUR block under South 24 Parganas W/S Division-I, PHE Dte for AUGMENTATION of surface water based W/S scheme in the Arsenic Affected Areas of South 24 Parganas district. (SM/15866)</t>
   </si>
   <si>
     <t>ORD/001118/2024-2025</t>
   </si>
   <si>
     <t>154/SWD-I</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>10/01/2026</t>
   </si>
   <si>
     <t>PINKI CONSTRUCTION</t>
-  </si>
-[...10 lines deleted...]
-    <t>15/12/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -714,51 +702,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1422,148 +1410,87 @@
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P12" s="4">
         <v>86.35</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>40</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...18 lines deleted...]
-      <c r="H13" s="13" t="s">
+      <c r="A13" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>678.36</v>
+      </c>
+      <c r="P13" s="8">
+        <v>101.86</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>15.02</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>