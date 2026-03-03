--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -863,54 +863,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>31.77</v>
       </c>
       <c r="Q3" s="4">
-        <v>15.26</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>48.02</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -920,54 +920,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>2.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.89</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1274,54 +1274,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>480.17</v>
       </c>
       <c r="Q10" s="4">
-        <v>83.91</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>17.47</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>60</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1430,54 +1430,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>678.36</v>
       </c>
       <c r="P13" s="8">
-        <v>101.86</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>15.02</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>