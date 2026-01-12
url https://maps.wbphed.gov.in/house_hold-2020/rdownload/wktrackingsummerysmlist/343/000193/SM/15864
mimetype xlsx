--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -203,51 +203,51 @@
   <si>
     <t>BP-2023-24-562</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Construction of 250 Cum. capacity RCC Overhead Reservoir of 20 Mtr. Staging Height as per departmental design, drawing &amp; specification with RCC Bored Pile &amp; Pile Cap including Soil Investigation and foundation design, Boundary Wall, Pump House cum Chlorine Room and Laying Distribution System, Rising Main and providing FHTC for Augmentation of BELADANGA Piped W/S Scheme of Joynagar-I Block for Augmentation of Surface Water based W/S Scheme in the Arsenic affected areas of South 24-Parganas District under South 24-Pgns. W/S Division-I, PHE Dte. [No. of FHTC = 1424] [TSM/020328].</t>
   </si>
   <si>
     <t>JE-1,JE-2</t>
   </si>
   <si>
     <t>ORD/000075/2023-2024</t>
   </si>
   <si>
     <t>389/SWD-I</t>
   </si>
   <si>
     <t>28/04/2023</t>
   </si>
   <si>
-    <t>22/02/2024</t>
+    <t>10/08/2026</t>
   </si>
   <si>
     <t>M/S T.R. CONSTRUCTION</t>
   </si>
   <si>
     <t>Sinking of 01 (one) no. Rig bored 250mm x 150mm dia. &amp; 300 mtr. deep Tubewell having 66 mtr. housing pipe by Rotary method at 2nd Tubewell site for BELADANGA Piped Water Supply Scheme to accommodate FHTC in JAYNAGAR-I Block under South 24-Parganas W/S Division-I, PHE Dte. for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs District. [SM/15864]</t>
   </si>
   <si>
     <t>ORD/000008/2025-2026</t>
   </si>
   <si>
     <t>911/SWD-I</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>02/05/2025</t>
   </si>
   <si>
     <t>ARUP ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>