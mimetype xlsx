--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -995,54 +995,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>2.47</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.47</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.66</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1113,54 +1113,54 @@
       <c r="I8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>312.36</v>
       </c>
       <c r="Q8" s="4">
-        <v>53.38</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>17.09</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>5</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1204,54 +1204,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>418.68</v>
       </c>
       <c r="P10" s="8">
-        <v>55.84</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>13.34</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>