--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -254,51 +254,51 @@
   <si>
     <t>BP-2023-24-489</t>
   </si>
   <si>
     <t>12/02/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Construction of Pump house cum Chlorine Room, Boundary Wall along with Laying of Distribution System, Rising Main, Providing Functional Household Tap Connection (FHTC) for DHOPA GACHI Piped Water Supply Scheme of BARUIPUR Block for implementation of JJM under Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns district. [No. of FHTC = 917] [TSM/018424]</t>
   </si>
   <si>
     <t>JE RWS,JE-2</t>
   </si>
   <si>
     <t>ORD/000084/2023-2024</t>
   </si>
   <si>
     <t>418/SWD-I</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
-    <t>21/04/2025</t>
+    <t>16/01/2026</t>
   </si>
   <si>
     <t>MONDAL CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of OHR/ 2nd TW site, platform for providing FHTC, restoration of road and other allied works for Augmentation of Ground Water based DHOPAGACHHI piped water supply scheme to accommodate FHTC in BARUIPUR block under South 24 Parganas W/S Division-I, PHE Dte. (SM/15786)</t>
   </si>
   <si>
     <t>JE RWS</t>
   </si>
   <si>
     <t>ORD/000373/2024-2025</t>
   </si>
   <si>
     <t>3551/SWD-I</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
     <t>22/03/2025</t>
   </si>
   <si>
     <t>MONDAL CONSTRUCTION (BARUIPUR)</t>
   </si>