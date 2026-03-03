--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -990,54 +990,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>2.48</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.47</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.32</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1336,54 +1336,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>168.94</v>
       </c>
       <c r="Q11" s="4">
-        <v>125.72</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>74.42</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>95</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1431,54 +1431,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>335.08</v>
       </c>
       <c r="P13" s="8">
-        <v>128.19</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>38.25</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>