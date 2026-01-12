--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -113,168 +113,168 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000216/2023-2024</t>
   </si>
   <si>
     <t>1007/SWD- I</t>
   </si>
   <si>
     <t>09/06/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000046/2023-2024</t>
   </si>
   <si>
     <t>287/SWD-I</t>
   </si>
   <si>
     <t>24/04/2023</t>
   </si>
   <si>
+    <t>Construction of Boundary Wall and others allied works at HW &amp; 2nd Tubewell site of JAGULGACHI Piped Water Supply Scheme to accommodate FHTC in Bhangar-I Block under South 24-Parganas, W/S Division-I, PHE Dte. for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24-Parganas District under Jal Jeevan Mission. [SM/15754]</t>
+  </si>
+  <si>
+    <t>ORD/000750/2024-2025</t>
+  </si>
+  <si>
+    <t>4672/SWD-I</t>
+  </si>
+  <si>
+    <t>18/11/2024</t>
+  </si>
+  <si>
+    <t>17/01/2025</t>
+  </si>
+  <si>
+    <t>A.P POWER AND CONCRETE</t>
+  </si>
+  <si>
+    <t>S24 Pgns Mechanical</t>
+  </si>
+  <si>
+    <t>Quotation for new service(power) connection at Jagulgachi PH-1 water supply scheme under bhangar-I block Reference ID- 106492239, Application No-1007561863</t>
+  </si>
+  <si>
+    <t>BILL/00566/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-139</t>
+  </si>
+  <si>
+    <t>03/07/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Bhangor Bodra Road from 0.00 kmp to 204kmp, Permanent restoration work, damaged due tp " Pipeline Laying of 250mm to 90mm dia HDPE Pipe Line along flank by PHE DEpartment " within Alipore Highway sub-Division under South 24 Parganas Highway Division in the district of South 24 Parganas. (SM/15754)</t>
+  </si>
+  <si>
+    <t>BILL/00641/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-364</t>
+  </si>
+  <si>
+    <t>02/10/2024</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGINEER, SOUTH 24 PGS HIGHWAY DIVISION PW (ROADS) DTE</t>
+  </si>
+  <si>
+    <t>Laying Distribution System, Rising Main, Functional Household Tap Connection (FHTC) and construction of Pump House cum Chlorine Room (2 Nos.) for JAGULGACHI Piped Water Supply Scheme to accommodate FHTC in Bhangar-I Block for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24-Parganas District under Jal Jeevan Mission. (No of FHTC = 2089) (TSM/018474)</t>
+  </si>
+  <si>
+    <t>AE HQ-I,AE HQ-II</t>
+  </si>
+  <si>
+    <t>JE RWS, Bhangar-II Block,JE-4</t>
+  </si>
+  <si>
+    <t>ORD/000035/2023-2024</t>
+  </si>
+  <si>
+    <t>125/SWD-I</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>A P POWER AND CONCRETE</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1 &amp; 2 of Jagulgachhi water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Bhangar-I]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/001516/2022-2023</t>
+  </si>
+  <si>
+    <t>896/SMD</t>
+  </si>
+  <si>
+    <t>27/03/2023</t>
+  </si>
+  <si>
+    <t>25/06/2023</t>
+  </si>
+  <si>
+    <t>GLACIER ENGINEERING CO.</t>
+  </si>
+  <si>
     <t>Sinking of 02 (Two) nos. Rig bored 250mm x 150mm dia. &amp; 300 mtr. deepTubewell having 66 mtr. housing pipe by Rotary method for JAGULGACHI PWSS of BHANGAR-I block for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district under South 24-Parganas W/S Division-I, P.H.E. Dte. [TSM/018474]</t>
   </si>
   <si>
     <t>AE HQ-I</t>
   </si>
   <si>
-    <t>JE RWS, Bhangar-II Block,JE-4</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000639/2022-2023</t>
   </si>
   <si>
     <t>3287/SWD-I</t>
   </si>
   <si>
     <t>03/03/2023</t>
   </si>
   <si>
-    <t>02/04/2023</t>
+    <t>05/01/2024</t>
   </si>
   <si>
     <t>M/S MONDAL ENTERPRISE</t>
-  </si>
-[...94 lines deleted...]
-    <t>GLACIER ENGINEERING CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -915,375 +915,375 @@
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="13" t="s">
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="L5" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="N5" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>31.76</v>
+        <v>75.42</v>
       </c>
       <c r="Q5" s="4">
-        <v>14.53</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>45.75</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="N6" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>75.42</v>
+        <v>0.71</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="L7" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>0.71</v>
+        <v>11.37</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="I8" s="13"/>
-[...1 lines deleted...]
-      <c r="K8" s="4" t="s">
+      <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
-        <v>11.37</v>
+        <v>279.5</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>129.85</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>46.46</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P9" s="4">
-        <v>279.5</v>
+        <v>23.44</v>
       </c>
       <c r="Q9" s="4">
-        <v>129.85</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>46.46</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
-        <v>23.44</v>
+        <v>31.76</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>14.53</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>45.75</v>
       </c>
       <c r="S10" s="4">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>459.18</v>