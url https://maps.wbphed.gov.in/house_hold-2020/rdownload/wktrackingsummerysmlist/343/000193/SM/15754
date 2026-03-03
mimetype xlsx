--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1111,54 +1111,54 @@
       <c r="I8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>279.5</v>
       </c>
       <c r="Q8" s="4">
-        <v>129.85</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>46.46</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1233,88 +1233,88 @@
       <c r="I10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>31.76</v>
       </c>
       <c r="Q10" s="4">
-        <v>14.53</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>45.75</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>459.18</v>
       </c>
       <c r="P11" s="8">
-        <v>144.38</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>31.44</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>