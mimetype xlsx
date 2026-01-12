--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -197,96 +197,120 @@
   <si>
     <t>14/11/2024</t>
   </si>
   <si>
     <t>29/12/2024</t>
   </si>
   <si>
     <t>ALISHA CONSTRUCTION</t>
   </si>
   <si>
     <t>Moydah-Khakudah-Beliachandi Road-Repairing &amp; Restoration of Road side flank from 0.30Km to 2.00 Km(Right Side) 2.30 Km to 3.50 Km (R/S). from 6.60 Km to 7.25Km (both side) (Total length- 4200.00m under South 24-Parganas Highway Division.</t>
   </si>
   <si>
     <t>BILL/00664/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-396</t>
   </si>
   <si>
     <t>04/10/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER, SOUTH 24 PGS HIGHWAY DIVISION PW (ROADS) DTE</t>
   </si>
   <si>
+    <t>S24 Pgns Mechanical</t>
+  </si>
+  <si>
+    <t>Improvement of outdoor Illumination arrangement with allied works at Pump House no-1 of Lakshminarayanpur W/S Scheme under SMD, P.H.E. Dte. (Block-Jaynagar-I) (SM/14873)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000986/2025-2026</t>
+  </si>
+  <si>
+    <t>569-SMSD</t>
+  </si>
+  <si>
+    <t>17/04/2025</t>
+  </si>
+  <si>
+    <t>02/05/2025</t>
+  </si>
+  <si>
+    <t>WEST BENGAL ENGINEERING CO.</t>
+  </si>
+  <si>
+    <t>Supply &amp; laying of submersible cable through non metalic pipes for electrical connection of pumping machinery with Pump House no-1 of Lakshminarayanpur W/S Scheme under SMD, P.H.E. Dte. (Block-Jaynagar-I) (SM/14873)</t>
+  </si>
+  <si>
+    <t>ORD/000987/2025-2026</t>
+  </si>
+  <si>
+    <t>570/SMSD</t>
+  </si>
+  <si>
     <t>Construction of Boundary Wall, Chlorine Room along with Laying of Distribution System, Rising Main, Providing Functional Household Tap Connection (FHTC) for Augmentation of LAKSHMINARAYANPUR MOUZA Piped Water Supply Scheme of JOYNAGAR-I Block for implementation of JJM under Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns district. [No. of FHTC = 2868] [TSM/018292]</t>
   </si>
   <si>
     <t>JE-2</t>
   </si>
   <si>
     <t>ORD/000102/2023-2024</t>
   </si>
   <si>
     <t>472/SWD-I</t>
   </si>
   <si>
     <t>04/05/2023</t>
   </si>
   <si>
     <t>18/04/2026</t>
   </si>
   <si>
     <t>M/S A.B. ENTERPRISE</t>
   </si>
   <si>
-    <t>S24 Pgns Mechanical</t>
-[...1 lines deleted...]
-  <si>
     <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1,2 &amp; 3 for Augmentation of Laxminarayanpur water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Joynagar-I]</t>
   </si>
   <si>
-    <t>Assistant Engineer</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000046/2023-2024</t>
   </si>
   <si>
     <t>1042/SMD</t>
   </si>
   <si>
     <t>17/04/2023</t>
   </si>
   <si>
     <t>26/06/2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>WEST BENGAL ENGINEERING CO.</t>
   </si>
   <si>
     <t>Hiring of additional 01 (one) no. diesel driven Non-Air conditioned Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for monitoring different Head Work Sites around South 24-Pgns. for the Engineering Teams of South 24-Pgns. W/S Circle, PHE Dte. under Executive Engineer, South 24-Pgns. Divn.-I, PHE Dte. [SM/14873] [w.e.f. 01/11/2024 to 30/04/2025] [Vehicle No- WB-05-4231]</t>
   </si>
   <si>
     <t>AE HQ-II</t>
   </si>
   <si>
     <t>ORD/000875/2024-2025</t>
   </si>
   <si>
     <t>4425/SWD-I</t>
   </si>
   <si>
     <t>28/10/2024</t>
   </si>
   <si>
     <t>28/04/2025</t>
   </si>
   <si>
     <t>PALASH DAS</t>
   </si>
   <si>
     <t>Continuation Order for the work of Hiring of additional 01 (one) no. diesel driven Non-Air conditioned Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for monitoring different Head Work Sites around South 24-Pgns. for the Engineering Teams of South 24-Pgns. W/S Circle, PHE Dte. under Executive Engineer, South 24-Pgns. Divn.-I, PHE Dte. [SM/14873] [w.e.f. 01/05/2025 to 29/10/2025] [Vehicle No- WB-05-4231]</t>
   </si>
@@ -708,51 +732,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="76.552734" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1180,321 +1204,443 @@
         <v>3.35</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="P9" s="4">
-        <v>389.11</v>
+        <v>0.72</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="I10" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>35.49</v>
+        <v>0.81</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="I11" s="13" t="s">
+      <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="J11" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="L11" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P11" s="4">
-        <v>0.86</v>
+        <v>389.11</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>270.59</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="I12" s="13"/>
-[...14 lines deleted...]
-      </c>
       <c r="O12" s="4" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="P12" s="4">
-        <v>0.86</v>
+        <v>35.49</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="M13" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" s="4">
+        <v>0.86</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>2.34</v>
+      </c>
+      <c r="R13" s="4">
+        <v>270.59</v>
+      </c>
+      <c r="S13" s="4">
+        <v>0</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" s="4">
+        <v>0.86</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>0</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>641.84</v>
+      </c>
+      <c r="P15" s="8">
+        <v>20.2</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>3.15</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>