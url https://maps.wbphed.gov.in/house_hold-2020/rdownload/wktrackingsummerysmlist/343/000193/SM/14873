--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -950,54 +950,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>2.7</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.66</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.49</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1068,54 +1068,54 @@
       <c r="I6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>47.62</v>
       </c>
       <c r="Q6" s="4">
-        <v>15.2</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>31.91</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1487,54 +1487,54 @@
       <c r="I13" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P13" s="4">
         <v>0.86</v>
       </c>
       <c r="Q13" s="4">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>270.59</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1580,54 +1580,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>641.84</v>
       </c>
       <c r="P15" s="8">
-        <v>20.2</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>3.15</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>