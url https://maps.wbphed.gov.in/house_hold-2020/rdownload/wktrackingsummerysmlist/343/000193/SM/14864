--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -128,126 +128,126 @@
   <si>
     <t>17/04/2023</t>
   </si>
   <si>
     <t>16/07/2023</t>
   </si>
   <si>
     <t>B.T.PROJECTS PVT.LTD.</t>
   </si>
   <si>
     <t>South 24 Pgs W/S Division I</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000156/2023-2024</t>
   </si>
   <si>
     <t>19/05/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Construction of Boundary Wall, Chlorine Room along with Laying of Distribution System, Rising Main, Providing Functional Household Tap Connection (FHTC) for Augmentation of CHAK HARANANDAPUR MOUZA Piped Water Supply Scheme of MOGRAHAT-II Block for implementation of JJM under Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns district. [No. of FHTC = 1956] [TSM/018438]</t>
+  </si>
+  <si>
+    <t>AE S24D1,AE SWSD-II</t>
+  </si>
+  <si>
+    <t>JE3</t>
+  </si>
+  <si>
+    <t>ORD/000059/2023-2024</t>
+  </si>
+  <si>
+    <t>276/SWD-I</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>23/07/2023</t>
+  </si>
+  <si>
+    <t>M/S. GOUTAM ROY</t>
+  </si>
+  <si>
+    <t>Construction of approach road, land development, FHTC Platform, laying of additional pipe line, protection of distribution pipe line and other allied works for Ground Water based CHAK HARANANDAPUR piped water supply scheme to accommodate FHTC in MAGRAHAT-II block under South 24 Parganas W/S Division-I, South 24 Parganas District for AUGMENTATION of aurface water based Water supply scheme in the Arsenic Affected Areas of South 24 Parganas District. (SM/14864)</t>
+  </si>
+  <si>
+    <t>AE S24D1</t>
+  </si>
+  <si>
+    <t>ORD/000349/2024-2025</t>
+  </si>
+  <si>
+    <t>3443/SWD-I</t>
+  </si>
+  <si>
+    <t>02/08/2024</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>Preparation and submission of Detailed Project Report of Ground Water Based Chak Haranandapur Piped Water Supply Scheme to accommodate FHTC in Magrahat-II Block under South 24-Pgs W/S Division-I, PHE Dte for Augmentation of Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns. district.</t>
+  </si>
+  <si>
+    <t>ORD/000972/2022-2023</t>
+  </si>
+  <si>
+    <t>1406/SWD-I</t>
+  </si>
+  <si>
+    <t>21/09/2022</t>
+  </si>
+  <si>
+    <t>21/10/2022</t>
+  </si>
+  <si>
+    <t>GEO SOLUTION</t>
+  </si>
+  <si>
     <t>Sinking of 02 (Two) nos. of Rig bored 250mm x 150mm dia. &amp; 300 mtr. deepTubewell by Rotary method for CHAK HARANANDAPUR PWSS of MOGRAHAT-II block under South 24-Parganas W/S Division-I, P.H.E. Dte. for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district. [TSM/018438][2nd Call]</t>
   </si>
   <si>
-    <t>AE S24D1,AE SWSD-II</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000689/2022-2023</t>
   </si>
   <si>
     <t>3478/SWD-I</t>
   </si>
   <si>
     <t>15/03/2023</t>
   </si>
   <si>
-    <t>14/04/2023</t>
+    <t>01/04/2024</t>
   </si>
   <si>
     <t>MUNNA AGROTECH ENTERPRISE</t>
-  </si>
-[...52 lines deleted...]
-    <t>GEO SOLUTION</t>
   </si>
   <si>
     <t>Sinking of 01 (one) no. Rig bored 250mm x 150mm dia. &amp; 360 mtr. deep Tubewell having 66 mtr. housing pipe by Rotary method at 2nd Tubewell site for CHAK HARANANDAPUR Piped Water Supply Scheme to accommodate FHTC in MOGRAHAT-II Block under South 24-Parganas W/S Division-I, PHE Dte. for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs District. [SM/14864]</t>
   </si>
   <si>
     <t>ORD/000094/2025-2026</t>
   </si>
   <si>
     <t>1769/SWD-I</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>PADMA ENGINEERING CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -932,239 +932,239 @@
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
-        <v>31.78</v>
+        <v>237.12</v>
       </c>
       <c r="Q5" s="4">
-        <v>15.19</v>
+        <v>70.39</v>
       </c>
       <c r="R5" s="4">
-        <v>47.8</v>
+        <v>29.69</v>
       </c>
       <c r="S5" s="4">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="P6" s="4">
-        <v>237.12</v>
+        <v>201.5</v>
       </c>
       <c r="Q6" s="4">
-        <v>70.39</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>29.69</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="I7" s="13" t="s">
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="J7" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="M7" s="4" t="s">
+      <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="N7" s="4" t="s">
+      <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="O7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>201.5</v>
+        <v>2.55</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>2.53</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>99.04</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="I8" s="13"/>
-      <c r="J8" s="13"/>
+      <c r="I8" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>40</v>
+      </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
-        <v>2.55</v>
+        <v>31.78</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.53</v>
+        <v>15.19</v>
       </c>
       <c r="R8" s="4">
-        <v>99.04</v>
+        <v>47.8</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>