--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -935,54 +935,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>237.12</v>
       </c>
       <c r="Q5" s="4">
-        <v>70.39</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>29.69</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>70</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1053,54 +1053,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>2.55</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.53</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.04</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1114,54 +1114,54 @@
       <c r="I8" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>31.78</v>
       </c>
       <c r="Q8" s="4">
-        <v>15.19</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>47.8</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1205,54 +1205,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>531.71</v>
       </c>
       <c r="P10" s="8">
-        <v>88.11</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>16.57</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>