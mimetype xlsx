--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -818,54 +818,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>16.45</v>
       </c>
       <c r="Q3" s="4">
-        <v>16.44</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -997,54 +997,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>11.16</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.17</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100.14</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>95</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1054,54 +1054,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>3.84</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.64</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>94.9</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1115,54 +1115,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>911.48</v>
       </c>
       <c r="Q8" s="4">
-        <v>78.12</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>8.57</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>20</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1271,54 +1271,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1394.1</v>
       </c>
       <c r="P11" s="8">
-        <v>109.37</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>7.85</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>