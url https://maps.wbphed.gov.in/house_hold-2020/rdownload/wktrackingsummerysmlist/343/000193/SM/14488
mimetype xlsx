--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -931,54 +931,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>29.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>13.91</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>46.85</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>50</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -990,54 +990,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>3.14</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.57</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>50</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1051,54 +1051,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>11.42</v>
       </c>
       <c r="Q5" s="4">
-        <v>11.37</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.53</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1283,54 +1283,54 @@
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>22.34</v>
       </c>
       <c r="Q9" s="4">
-        <v>10.1</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>45.2</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>40</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1584,54 +1584,54 @@
       <c r="I14" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P14" s="4">
         <v>0.89</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.21</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1645,54 +1645,54 @@
       <c r="I15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P15" s="4">
         <v>783.17</v>
       </c>
       <c r="Q15" s="4">
-        <v>428.91</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>54.77</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>60</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1797,54 +1797,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>947.36</v>
       </c>
       <c r="P18" s="8">
-        <v>466.73</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>49.27</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>