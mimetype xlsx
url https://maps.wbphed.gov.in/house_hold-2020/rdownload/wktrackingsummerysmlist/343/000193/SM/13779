--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -254,72 +254,54 @@
   <si>
     <t>BP-2024-25-785</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>W.B.S.R.D.A., SOUTH TWENTY FOUR PARGANAS DIVISION</t>
   </si>
   <si>
     <t>Construction of 350 Cum. capacity OHR (20 mtr. staging height), Boundary Wall, Chlorine Room along with Laying of Distribution System, Rising Main, Providing Functional Household Tap Connection (FHTC) including design and drawing of pile foundation and pile cap after soil investigation for Augmentation of PURBO BEGAMPUR (ZONE-II) MOUZA Piped Water Supply Scheme of BARUIPUR Block for implementation of JJM under Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns district. [No. of FHTC = 1967] [TSM/011437]</t>
   </si>
   <si>
     <t>JE RWS</t>
   </si>
   <si>
     <t>ORD/000360/2023-2024</t>
   </si>
   <si>
     <t>1763/SWD-I</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
-    <t>05/06/2024</t>
+    <t>27/05/2026</t>
   </si>
   <si>
     <t>ROSENBLUTH CONSTRUCTION PRIVATE LIMITED</t>
-  </si>
-[...16 lines deleted...]
-    <t>FORTUNE ENGINEERING</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -708,51 +690,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1359,148 +1341,87 @@
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>670.09</v>
       </c>
       <c r="Q11" s="4">
         <v>150.8</v>
       </c>
       <c r="R11" s="4">
         <v>22.5</v>
       </c>
       <c r="S11" s="4">
         <v>55</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="3">
-[...18 lines deleted...]
-      <c r="H12" s="13" t="s">
+      <c r="A12" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>838.2</v>
+      </c>
+      <c r="P12" s="8">
+        <v>194.99</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>23.26</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
-    <row r="13" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>