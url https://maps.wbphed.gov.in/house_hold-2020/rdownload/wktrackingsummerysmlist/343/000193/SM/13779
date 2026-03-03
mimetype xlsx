--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -851,54 +851,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.76</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -969,54 +969,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>23.29</v>
       </c>
       <c r="Q5" s="4">
-        <v>10.56</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>45.34</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1209,54 +1209,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>31.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>30.88</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.23</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1327,88 +1327,88 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>670.09</v>
       </c>
       <c r="Q11" s="4">
-        <v>150.8</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>22.5</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>55</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>838.2</v>
       </c>
       <c r="P12" s="8">
-        <v>194.99</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>23.26</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>