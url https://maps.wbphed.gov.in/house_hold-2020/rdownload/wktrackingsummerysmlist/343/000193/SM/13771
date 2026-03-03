--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1081,54 +1081,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>372.71</v>
       </c>
       <c r="Q6" s="4">
-        <v>103.04</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>27.65</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>25</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1439,54 +1439,54 @@
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P12" s="4">
         <v>13.38</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.94</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>14.49</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1622,54 +1622,54 @@
       <c r="I15" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P15" s="4">
         <v>29.84</v>
       </c>
       <c r="Q15" s="4">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>60.32</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1683,88 +1683,88 @@
       <c r="I16" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P16" s="4">
         <v>3.13</v>
       </c>
       <c r="Q16" s="4">
-        <v>1.57</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>587.27</v>
       </c>
       <c r="P17" s="8">
-        <v>124.55</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>21.21</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>