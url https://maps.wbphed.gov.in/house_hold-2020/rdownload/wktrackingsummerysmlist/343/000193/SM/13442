--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -239,123 +239,123 @@
   <si>
     <t>12/02/2024</t>
   </si>
   <si>
     <t>Providing 100% FHTC &amp; Laying distribution system from Big dia deep Tube Well under ground water based piped water supply scheme at ALIPUR of BARUIPUR Block, under surface water based W/S scheme in the arsenic affected areas of South 24 Parganas dist. (No. of FHTC = 1186)</t>
   </si>
   <si>
     <t>JE-2</t>
   </si>
   <si>
     <t>ORD/000323/2022-2023</t>
   </si>
   <si>
     <t>2020/SWD-I</t>
   </si>
   <si>
     <t>29/11/2022</t>
   </si>
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t>RAJ KUMAR MONDAL</t>
   </si>
   <si>
+    <t>Balance work for Laying distribution system, Rising main, Funtional Household Tap connection(FHTC) for piped water supply scheme at ALIPUR for implementation of JJM under augmentation of ground water based W/S scheme to accommodate FHTC in Baruipur Block under South 24 Pgns water Supply Division-I, south 24-Parganas District [No. of FHTC =244] [TSM/014211]</t>
+  </si>
+  <si>
+    <t>ORD/000167/2023-2024</t>
+  </si>
+  <si>
+    <t>964/SWD-I</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>06/09/2023</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall, platform for FHTC, road restoration, protection work for pipeline and other allied works for Ground water based ALIPUR piped water supply scheme to accommodate FHTC in BARUIPUR block under South 24 Parganas W/S Division-I, PHE Dte, South 24 Parganas district. (SM/13442)</t>
+  </si>
+  <si>
+    <t>ORD/000509/2024-2025</t>
+  </si>
+  <si>
+    <t>3964/SWD-I</t>
+  </si>
+  <si>
+    <t>10/09/2024</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>SANDHYA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction of 02 (Two) nos. chlorination room at ALIPUR of Baruipur Block for disinfection of ground water from big dia tube well due to improvement of water supply in the water Scarcity area/non command area under Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns district. [TSM/014211]</t>
+  </si>
+  <si>
+    <t>ORD/000251/2022-2023</t>
+  </si>
+  <si>
+    <t>1752/SWD-I</t>
+  </si>
+  <si>
+    <t>04/11/2022</t>
+  </si>
+  <si>
+    <t>02/01/2046</t>
+  </si>
+  <si>
+    <t>B.M. TRADERS</t>
+  </si>
+  <si>
     <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1&amp;2, of Alipur water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Baruipur]</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000476/2022-2023</t>
   </si>
   <si>
     <t>3947/SMD</t>
   </si>
   <si>
     <t>30/12/2022</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>BARISAL TRADING CO.</t>
-  </si>
-[...49 lines deleted...]
-    <t>B.M. TRADERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1391,270 +1391,270 @@
         <v>190.68</v>
       </c>
       <c r="Q11" s="4">
         <v>80.39</v>
       </c>
       <c r="R11" s="4">
         <v>42.16</v>
       </c>
       <c r="S11" s="4">
         <v>65</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="J12" s="13" t="s">
+      <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="K12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="M12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O12" s="4" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="P12" s="4">
-        <v>21.5</v>
+        <v>122.78</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>72.52</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>59.07</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="M13" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>122.78</v>
+        <v>58.48</v>
       </c>
       <c r="Q13" s="4">
-        <v>72.52</v>
+        <v>6.02</v>
       </c>
       <c r="R13" s="4">
-        <v>59.07</v>
+        <v>10.29</v>
       </c>
       <c r="S13" s="4">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K14" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="M14" s="4" t="s">
+      <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="N14" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P14" s="4">
-        <v>58.48</v>
+        <v>10.93</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.02</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>10.29</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="J15" s="13" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
-        <v>10.93</v>
+        <v>21.5</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>