--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1023,54 +1023,54 @@
         <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>2.76</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.37</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1369,54 +1369,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>190.68</v>
       </c>
       <c r="Q11" s="4">
-        <v>80.39</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>42.16</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>65</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1430,54 +1430,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>122.78</v>
       </c>
       <c r="Q12" s="4">
-        <v>72.52</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>59.07</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>40</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1491,54 +1491,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>58.48</v>
       </c>
       <c r="Q13" s="4">
-        <v>6.02</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>10.29</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>60</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1647,54 +1647,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>484.91</v>
       </c>
       <c r="P16" s="8">
-        <v>161.68</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>33.34</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>