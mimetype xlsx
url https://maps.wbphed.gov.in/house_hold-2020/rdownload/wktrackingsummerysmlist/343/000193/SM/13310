--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -155,69 +155,69 @@
   <si>
     <t>RTOR000128/2022-2023</t>
   </si>
   <si>
     <t>3387/SWD-I</t>
   </si>
   <si>
     <t>10/03/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000187/2023-2024</t>
   </si>
   <si>
     <t>296/SWD-I</t>
   </si>
   <si>
     <t>25/04/2023</t>
   </si>
   <si>
     <t>Construction of platfrom for providing FHTC, restoration of road after laying of Pipeline, Land devolopment and other allied works for "Ground Water Based BRINDAKHALI ZONE-II Piped Water Supply Scheme to Accommodate FHTC in BARUIPUR Block Under South 24 Parganas W/S Division-I, South 24 Parganas District For Augmentation of Surface Water Based Water Supply Scheme In Arsenic Affected Areas of South 24 Parganas District." (SM/13310)</t>
   </si>
   <si>
+    <t>JE RWS</t>
+  </si>
+  <si>
     <t>ORD/000339/2024-2025</t>
   </si>
   <si>
     <t>3313/SWD-I</t>
   </si>
   <si>
     <t>23/07/2024</t>
   </si>
   <si>
     <t>06/09/2024</t>
   </si>
   <si>
     <t>M/S V.P. JAIN</t>
   </si>
   <si>
     <t>Sinking of Rig bored 250mm x 150mm dia. &amp; 300 mtr. deep Tubewell having 66 mtr. housing pipe by Rotary method for BRINDAKHALI-II PWSS of BARUIPUR block for Augmentaion of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district under South 24-Parganas W/S Division-I, P.H.E. Dte. [SM/13310]</t>
-  </si>
-[...1 lines deleted...]
-    <t>JE RWS</t>
   </si>
   <si>
     <t>ORD/000389/2024-2025</t>
   </si>
   <si>
     <t>3607/SWD-I</t>
   </si>
   <si>
     <t>14/08/2024</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>ASHIANA INFRASTRUCTURE CONSULTANTS PVT LTD.</t>
   </si>
   <si>
     <t>Alipore Division</t>
   </si>
   <si>
     <t>Road restoration for Ramnagar Bazar to Matiar Dhali House.</t>
   </si>
   <si>
     <t>BILL/01694/2024-2025</t>
   </si>
@@ -914,54 +914,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>2.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.65</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>95.99</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1064,136 +1064,140 @@
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="I7" s="13"/>
-      <c r="J7" s="13"/>
+      <c r="I7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>47</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>89.54</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>15.88</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.2</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>89.4</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1361,109 +1365,109 @@
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P12" s="4">
         <v>335.23</v>
       </c>
       <c r="Q12" s="4">
-        <v>248.87</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>74.24</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>94</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>484.82</v>
       </c>
       <c r="P13" s="8">
-        <v>265.72</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>54.81</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>