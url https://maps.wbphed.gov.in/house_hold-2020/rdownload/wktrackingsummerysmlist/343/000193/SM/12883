--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -206,51 +206,51 @@
   <si>
     <t>24/02/2023</t>
   </si>
   <si>
     <t>01/02/2025</t>
   </si>
   <si>
     <t>MD NURNABI CONSTRUCTION (NUMABISK1992@GMAIL.COM)</t>
   </si>
   <si>
     <t>Construction of Boundary wall, FHTC Platform, approach road, land development, laying of additional pipe line, protection of distribution pipe line and other allied works for Ground Water based CHAK JALSI piped water supply scheme to accommodate FHTC in MAGRAHAT-II block under South 24 Parganas W/S Division-I, South 24 Parganas District for AUGMENTATION of aurface water based Water supply scheme in the Arsenic Affected Areas of South 24 Parganas District.</t>
   </si>
   <si>
     <t>AE S24D1,AE SWSD-II</t>
   </si>
   <si>
     <t>ORD/000281/2024-2025</t>
   </si>
   <si>
     <t>3032/SWD-I</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
-    <t>28/09/2025</t>
+    <t>27/12/2025</t>
   </si>
   <si>
     <t>BASIR CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>