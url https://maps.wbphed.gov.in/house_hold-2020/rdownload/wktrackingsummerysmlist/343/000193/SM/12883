--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -803,54 +803,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.83</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.62</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>92.47</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1041,54 +1041,54 @@
       <c r="I7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>435.58</v>
       </c>
       <c r="Q7" s="4">
-        <v>24.47</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>5.62</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>25</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1136,54 +1136,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>709.06</v>
       </c>
       <c r="P9" s="8">
-        <v>27.09</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>3.82</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>