--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -266,51 +266,51 @@
   <si>
     <t>4463/SWD-I</t>
   </si>
   <si>
     <t>29/10/2024</t>
   </si>
   <si>
     <t>28/12/2024</t>
   </si>
   <si>
     <t>MOTIONMASS TECHNO OPC PVT LTD</t>
   </si>
   <si>
     <t>Construction of 250 Cum capacity OHR (20 mtr Staging Height) including design and drawing of Pile Foundation &amp; Pile Cap after Soil Investigation along with Laying distribution system, Rising main, Functional Household Tap Connection (FHTC) for Augmentation of RAMCHANDRANAGAR (Part-II) of MOGRAHAT-II Block for implementation of JJM under augmentation of surface water based W/S scheme in the arsenic affected areas of South 24 Parganas district under Baruipur sub Division of South 24 Pgns W/S Division-I, P.H.E Dte [No. of FHTC = 1580]</t>
   </si>
   <si>
     <t>ORD/000490/2022-2023</t>
   </si>
   <si>
     <t>2820/SWD-I</t>
   </si>
   <si>
     <t>03/02/2023</t>
   </si>
   <si>
-    <t>01/01/2026</t>
+    <t>30/06/2026</t>
   </si>
   <si>
     <t>NEW ALIGNMENT</t>
   </si>
   <si>
     <t>Construction of Boundary wall (length = 51.00m), Service Road (length = 15.00m), Development of Land, Construction of Pump House (4.80 Mtr. X 3.60 Mtr.) at TW-2 site and Pump House (5.40 Mtr. X 3.60 Mtr.) at OHR site for RAMCHANDRANAGAR (Part-II) PWSS to accommodate FHTC in MAGRAHAT-II Block under South 24 Parganas W/S Division-I, South 24 Parganas District for AUGMENTATION of surface water based water supply scheme in the Arsenic Affected Areas of South 24 Parganas. (SM/12805)</t>
   </si>
   <si>
     <t>ORD/000010/2025-2026</t>
   </si>
   <si>
     <t>934/SWD-I</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>06/06/2025</t>
   </si>
   <si>
     <t>SUBHO CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>