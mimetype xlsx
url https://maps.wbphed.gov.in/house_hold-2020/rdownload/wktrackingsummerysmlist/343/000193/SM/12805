--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -881,54 +881,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.64</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>95.61</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1420,54 +1420,54 @@
       <c r="I12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P12" s="4">
         <v>384.03</v>
       </c>
       <c r="Q12" s="4">
-        <v>99.37</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>25.88</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>40</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1511,54 +1511,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>602.05</v>
       </c>
       <c r="P14" s="8">
-        <v>102.01</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>16.94</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>