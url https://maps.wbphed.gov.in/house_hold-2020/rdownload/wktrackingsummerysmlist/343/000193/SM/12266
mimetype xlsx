--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -269,51 +269,51 @@
   <si>
     <t>14/09/2022</t>
   </si>
   <si>
     <t>29/08/2025</t>
   </si>
   <si>
     <t>MA DURGA ENTERPRISE</t>
   </si>
   <si>
     <t>Providing 100% FHTC &amp; Laying distribution system from Big dia deep Tube Well under ground water based piped water supply scheme at KUNDARALI of BARUIPUR Block, under surface water based W/S scheme in the arsenic affected areas of South 24 Parganas dist. (No. of FHTC = 1571)</t>
   </si>
   <si>
     <t>JE RWS,JE-2</t>
   </si>
   <si>
     <t>ORD/000221/2022-2023</t>
   </si>
   <si>
     <t>1639/SWD-I</t>
   </si>
   <si>
     <t>20/10/2022</t>
   </si>
   <si>
-    <t>01/12/2025</t>
+    <t>31/03/2026</t>
   </si>
   <si>
     <t>PROJECT AND MAINTENANCE</t>
   </si>
   <si>
     <t>Construction of Boundary wall, Platform for providing FHTC, Protection works for Pipeline and other allied Works for ''Proposed Ground Water based KUNDARALI piped water supply scheme to accommodate FHTC in BARUIPUR block under South 24 Parganas W/S Division-I, South 24 Parganas District for AUGMENTATION of surface water based Water Supply scheme in the Arsenic Affected Areas of South 24 Parganas District.'' (SM/12266)</t>
   </si>
   <si>
     <t>JE RWS</t>
   </si>
   <si>
     <t>ORD/000367/2024-2025</t>
   </si>
   <si>
     <t>3507/SWD-I</t>
   </si>
   <si>
     <t>07/08/2024</t>
   </si>
   <si>
     <t>15/12/2025</t>
   </si>
   <si>
     <t>Improvement of outdoor Illumination arrangement with allied works at PH-2 of Kundarali W/S Scheme under SMD, P.H.E. Dte.(Block-Baruipur)(SM/12266)</t>
   </si>