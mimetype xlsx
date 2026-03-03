--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -926,54 +926,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.76</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1215,54 +1215,54 @@
       <c r="I8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>25.96</v>
       </c>
       <c r="Q8" s="4">
-        <v>11.88</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>45.77</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>53</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1276,54 +1276,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>40.17</v>
       </c>
       <c r="Q9" s="4">
-        <v>17.92</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>44.62</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1337,54 +1337,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P10" s="4">
         <v>4.41</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.2</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1394,54 +1394,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P11" s="4">
         <v>0.92</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1516,54 +1516,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>333.83</v>
       </c>
       <c r="Q13" s="4">
-        <v>220.29</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>65.99</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1577,54 +1577,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>96.98</v>
       </c>
       <c r="Q14" s="4">
-        <v>14.73</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>15.19</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>30</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1790,54 +1790,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>657.72</v>
       </c>
       <c r="P18" s="8">
-        <v>270.71</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>41.16</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>