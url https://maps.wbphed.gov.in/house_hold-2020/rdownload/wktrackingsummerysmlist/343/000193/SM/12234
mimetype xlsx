--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -284,96 +284,81 @@
   <si>
     <t>AHALYA ENGINEERING WORKS</t>
   </si>
   <si>
     <t>Construction of Boundary Wall &amp; other allied works at 12 (twelve) nos. Head Work Sites of different PWSS within Bishnupur-I Block, Dist.-South 24-Parganas for Augmentation of Surface Water based Water Supply Scheme in the Arsenic Affected areas of South 24-Parganas District.</t>
   </si>
   <si>
     <t>JE1,JE2,JE4</t>
   </si>
   <si>
     <t>ORD/000209/2023-2024</t>
   </si>
   <si>
     <t>1377/SWD-I</t>
   </si>
   <si>
     <t>12/07/2023</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>CONCORD PROJECTS PVT. LTD.</t>
   </si>
   <si>
-    <t>Sinking of Rig bored 250mm x 150mm dia &amp; 300 mtr. deep Tubewell by Rotary method for JULPIA Piped Water Supply Scheme in the Arsenic affected areas of South 24-Pgn. in BISHNUPUR-I Block Under South 24 Parganas W/S Division-I, PHE Dte. [TSM/014900]</t>
-[...11 lines deleted...]
-    <t>07/12/2023</t>
+    <t>Construction of boundary wall, approach road, laying of additional pipeline and other allied works for JULPIA PWSS to accommodate FHTC in Bishnupur-I Block under South 24-Pgns W/S Divn-I, PHE Dte. South 24 Parganas District. [SM/12234]</t>
+  </si>
+  <si>
+    <t>ORD/000667/2024-2025</t>
+  </si>
+  <si>
+    <t>4414/SWD-I</t>
+  </si>
+  <si>
+    <t>24/10/2024</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>Additional work for sinking of Rig bored 250 mm x 150 mm dia. &amp; 300 mtr. deep Tube well to achieve 66 mtr. housing pipe by Rotary Method for JULPIA PWSS of BISHNUPUR-I Block for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24-Parganas district under South 24-Parganas W/S Division- I, P.H.E. Dte. [SM/12234]</t>
+  </si>
+  <si>
+    <t>ORD/000785/2023-2024</t>
+  </si>
+  <si>
+    <t>1068/SWD-I</t>
+  </si>
+  <si>
+    <t>04/03/2024</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
   </si>
   <si>
     <t>SAIKAT ENTERPRISE</t>
-  </si>
-[...28 lines deleted...]
-    <t>19/03/2024</t>
   </si>
   <si>
     <t>Land development at JULPIA Piped Water Supply Scheme for 1st Tubewell site in the Arsenic Affected Areas of South 24 Parganas District in Bishnupur-I Block under South 24-Pgns. W/S Sub Division-II, PHE Dte. (SM/12234)</t>
   </si>
   <si>
     <t>ORD/000838/2023-2024</t>
   </si>
   <si>
     <t>1255/SWD-I</t>
   </si>
   <si>
     <t>13/03/2024</t>
   </si>
   <si>
     <t>28/03/2024</t>
   </si>
   <si>
     <t>HASIBA ENTERPRISE</t>
   </si>
   <si>
     <t>Supply &amp; Delivery of the additional materials for PH No.-1 of Julpia Water supply scheme under JJM under South 24 Pgs. Mechanical Division, PHE Dte. (Block : Bishnupur-I) [SM/12234]</t>
   </si>
   <si>
     <t>ORD/002351/2024-2025</t>
   </si>
@@ -795,51 +780,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W19"/>
+  <dimension ref="A1:W18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="56.557617" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1605,351 +1590,290 @@
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>90</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="P14" s="4">
-        <v>15.03</v>
+        <v>58.69</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="M15" s="4" t="s">
+      <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="N15" s="4" t="s">
+      <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="O15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="4">
-        <v>58.69</v>
+        <v>1.57</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="P16" s="4">
-        <v>1.57</v>
+        <v>2.65</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>95</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="P17" s="4">
-        <v>2.65</v>
+        <v>0.26</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
-      <c r="A18" s="3">
-[...18 lines deleted...]
-      <c r="H18" s="13" t="s">
+      <c r="A18" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="I18" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B18" s="7"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="7"/>
+      <c r="G18" s="7"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="14"/>
+      <c r="J18" s="14"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
+      <c r="O18" s="8">
+        <v>476.1</v>
+      </c>
+      <c r="P18" s="8">
+        <v>70.86</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>14.88</v>
+      </c>
+      <c r="R18" s="8"/>
+      <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
-    <row r="19" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A19:N19"/>
+    <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>