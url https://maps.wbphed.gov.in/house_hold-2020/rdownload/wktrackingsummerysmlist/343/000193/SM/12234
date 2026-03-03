--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1063,54 +1063,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>2.62</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.62</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1124,54 +1124,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>6.05</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.67</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>93.84</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1413,54 +1413,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>163.03</v>
       </c>
       <c r="Q11" s="4">
-        <v>54.77</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>33.6</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1474,54 +1474,54 @@
       <c r="I12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>22.78</v>
       </c>
       <c r="Q12" s="4">
-        <v>7.8</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>34.24</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>50</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1813,54 +1813,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>476.1</v>
       </c>
       <c r="P18" s="8">
-        <v>70.86</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>14.88</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>